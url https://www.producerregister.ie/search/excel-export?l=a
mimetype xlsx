--- v0 (2025-10-30)
+++ v1 (2026-02-04)
@@ -107,160 +107,163 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:X306"/>
+  <dimension ref="A1:Y317"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Reg No.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Company Name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Trading As</t>
         </is>
       </c>
       <c r="D1" s="0" t="n">
+        <v>2026</v>
+      </c>
+      <c r="E1" s="0" t="n">
         <v>2025</v>
       </c>
-      <c r="E1" s="0" t="n">
+      <c r="F1" s="0" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="0" t="n">
+      <c r="G1" s="0" t="n">
         <v>2023</v>
       </c>
-      <c r="G1" s="0" t="n">
+      <c r="H1" s="0" t="n">
         <v>2022</v>
       </c>
-      <c r="H1" s="0" t="n">
+      <c r="I1" s="0" t="n">
         <v>2021</v>
       </c>
-      <c r="I1" s="0" t="n">
+      <c r="J1" s="0" t="n">
         <v>2020</v>
       </c>
-      <c r="J1" s="0" t="n">
+      <c r="K1" s="0" t="n">
         <v>2019</v>
       </c>
-      <c r="K1" s="0" t="n">
+      <c r="L1" s="0" t="n">
         <v>2018</v>
       </c>
-      <c r="L1" s="0" t="n">
+      <c r="M1" s="0" t="n">
         <v>2017</v>
       </c>
-      <c r="M1" s="0" t="n">
+      <c r="N1" s="0" t="n">
         <v>2016</v>
       </c>
-      <c r="N1" s="0" t="n">
+      <c r="O1" s="0" t="n">
         <v>2015</v>
       </c>
-      <c r="O1" s="0" t="n">
+      <c r="P1" s="0" t="n">
         <v>2014</v>
       </c>
-      <c r="P1" s="0" t="n">
+      <c r="Q1" s="0" t="n">
         <v>2013</v>
       </c>
-      <c r="Q1" s="0" t="n">
+      <c r="R1" s="0" t="n">
         <v>2012</v>
       </c>
-      <c r="R1" s="0" t="n">
+      <c r="S1" s="0" t="n">
         <v>2011</v>
       </c>
-      <c r="S1" s="0" t="n">
+      <c r="T1" s="0" t="n">
         <v>2010</v>
       </c>
-      <c r="T1" s="0" t="n">
+      <c r="U1" s="0" t="n">
         <v>2009</v>
       </c>
-      <c r="U1" s="0" t="n">
+      <c r="V1" s="0" t="n">
         <v>2008</v>
       </c>
-      <c r="V1" s="0" t="n">
+      <c r="W1" s="0" t="n">
         <v>2007</v>
       </c>
-      <c r="W1" s="0" t="n">
+      <c r="X1" s="0" t="n">
         <v>2006</v>
       </c>
-      <c r="X1" s="0" t="n">
+      <c r="Y1" s="0" t="n">
         <v>2005</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>4480WB</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>A &amp; B GmbH</t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -310,115 +313,120 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>2608T</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>A &amp; K Garage Ltd</t>
         </is>
       </c>
       <c r="C3" s="0"/>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -428,50 +436,55 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X3" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>2394T</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>A &amp; L Castors Ltd</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
           <t>Parnells</t>
         </is>
       </c>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
@@ -496,51 +509,51 @@
           <t>YES</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -550,50 +563,55 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X4" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>1091W</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>A &amp; M Products Ltd</t>
         </is>
       </c>
       <c r="C5" s="0"/>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -644,131 +662,136 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O5" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P5" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q5" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R5" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S5" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V5" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X5" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>2771B</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>A J Quinn Car Sales Ltd</t>
         </is>
       </c>
       <c r="C6" s="0"/>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="K6" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="K6" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
@@ -786,70 +809,75 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X6" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>1946W</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>A Taste of Italy Ltd</t>
         </is>
       </c>
       <c r="C7" s="0"/>
       <c r="D7" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -870,84 +898,89 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q7" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R7" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S7" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T7" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U7" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V7" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W7" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X7" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y7" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
           <t>2473T</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>A. Gibbons Tyres</t>
         </is>
       </c>
       <c r="C8" s="0"/>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -968,51 +1001,51 @@
           <t>YES</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -1022,70 +1055,75 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X8" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>714W</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>A. Hartmann &amp; Son Ltd</t>
         </is>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1140,70 +1178,75 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X9" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>1304WB</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>A. M. Dunne &amp; Son Ltd</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1258,50 +1301,55 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X10" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>704WB</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>A. Molins &amp; Company Ltd</t>
         </is>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -1342,139 +1390,144 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N11" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O11" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P11" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q11" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X11" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>3664W</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>A.D.J. Supply Europe B.V.</t>
         </is>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K12" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="M12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -1494,70 +1547,75 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X12" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>566WB</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>A.E.F. Ltd</t>
         </is>
       </c>
       <c r="C13" s="0"/>
       <c r="D13" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1612,50 +1670,55 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X13" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>1424WB</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>A.H. Anderson &amp; Co Ltd</t>
         </is>
       </c>
       <c r="C14" s="0"/>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -1676,51 +1739,51 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K14" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L14" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M14" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N14" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O14" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P14" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q14" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R14" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1730,110 +1793,115 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T14" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U14" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V14" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W14" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X14" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y14" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="inlineStr">
         <is>
           <t>2523WB</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>A.J.M. Multiple Services</t>
         </is>
       </c>
       <c r="C15" s="0"/>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L15" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -1848,70 +1916,75 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X15" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="inlineStr">
         <is>
           <t>603WB</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>A.P. Haslam Ltd</t>
         </is>
       </c>
       <c r="C16" s="0"/>
       <c r="D16" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1966,70 +2039,75 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X16" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>580WB</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>A.R. O'Hare &amp; Co. Ltd</t>
         </is>
       </c>
       <c r="C17" s="0"/>
       <c r="D17" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2084,119 +2162,124 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X17" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>2289T</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>A.T.B. All Tyres &amp; Batteries Ltd</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>T.A.B. Tyres and Batteries Ltd</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -2206,100 +2289,105 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X18" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="inlineStr">
         <is>
           <t>3150W</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>A.W. Chesterton Company</t>
         </is>
       </c>
       <c r="C19" s="0"/>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2324,50 +2412,55 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X19" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>2329T</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>A.W.S. Tyres</t>
         </is>
       </c>
       <c r="C20" s="0"/>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2388,51 +2481,51 @@
           <t>YES</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -2442,109 +2535,114 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X20" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="inlineStr">
         <is>
           <t>2802WB</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>A&amp;J Mobile Phone Ltd</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
           <t>A&amp;J</t>
         </is>
       </c>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2564,50 +2662,55 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X21" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="inlineStr">
         <is>
           <t>1707WB</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>A1 Games Distribution Ltd</t>
         </is>
       </c>
       <c r="C22" s="0"/>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -2653,79 +2756,84 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R22" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U22" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X22" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="inlineStr">
         <is>
           <t>2434T</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>A1 Tyres Ltd</t>
         </is>
       </c>
       <c r="C23" s="0"/>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -2741,56 +2849,56 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2800,79 +2908,84 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X23" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="inlineStr">
         <is>
           <t>4197B</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>A2batt Inc</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>EEMB</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2913,59 +3026,64 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V24" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W24" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X24" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y24" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="inlineStr">
         <is>
           <t>1551WB</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>A2Z Electric Vehicles Ltd</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>Go Electric</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
@@ -3005,154 +3123,159 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N25" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O25" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P25" s="0" t="inlineStr">
         <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q25" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="Q25" s="0" t="inlineStr">
+      <c r="R25" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="R25" s="0" t="inlineStr">
+      <c r="S25" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="S25" s="0" t="inlineStr">
+      <c r="T25" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="T25" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X25" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="inlineStr">
         <is>
           <t>2282T</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>AA Tyremaster Ltd</t>
         </is>
       </c>
       <c r="C26" s="0"/>
       <c r="D26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -3162,115 +3285,120 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X26" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="inlineStr">
         <is>
           <t>2407T</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Aaron Conroy</t>
         </is>
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -3280,50 +3408,55 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X27" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="inlineStr">
         <is>
           <t>1263WB</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>AB Power Systems Ltd</t>
         </is>
       </c>
       <c r="C28" s="0"/>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3389,83 +3522,88 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W28" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X28" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y28" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="inlineStr">
         <is>
           <t>1595WB</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Abacus Systems &amp; Networks Ltd</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
           <t>Abacus Systems</t>
         </is>
       </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3501,134 +3639,139 @@
           <t>YES</t>
         </is>
       </c>
       <c r="P29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X29" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="inlineStr">
         <is>
           <t>2354T</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Abbey Tyres and Car Sales Ltd</t>
         </is>
       </c>
       <c r="C30" s="0"/>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N30" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O30" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P30" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q30" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R30" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -3638,81 +3781,86 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T30" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U30" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V30" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W30" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X30" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y30" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="inlineStr">
         <is>
           <t>4543W</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Abbeycreek Ltd</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>Platmech</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E31" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E31" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
@@ -3760,188 +3908,198 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X31" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="inlineStr">
         <is>
           <t>3329WB</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Abbingdon EU BV</t>
         </is>
       </c>
       <c r="C32" s="0"/>
       <c r="D32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P32" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X32" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="inlineStr">
         <is>
           <t>212WB</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Abbott Laboratories, Ireland, Ltd</t>
         </is>
       </c>
       <c r="C33" s="0"/>
       <c r="D33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3996,168 +4154,178 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X33" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="inlineStr">
         <is>
           <t>4062WB</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Abbott Medical Ireland Ltd</t>
         </is>
       </c>
       <c r="C34" s="0"/>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="O34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="P34" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q34" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R34" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S34" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T34" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U34" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V34" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W34" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y34" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="inlineStr">
         <is>
           <t>476W</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>ABC Abrasives Ltd</t>
         </is>
       </c>
       <c r="C35" s="0"/>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4236,80 +4404,85 @@
       <c r="T35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
+      <c r="Y35" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="inlineStr">
         <is>
           <t>3883W</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>ABC Tanning Ltd</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
           <t>The Tanning Shop</t>
         </is>
       </c>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -4354,591 +4527,620 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X36" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>2965BT</t>
+          <t>4779WB</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Abudantia Ltd</t>
-[...2 lines deleted...]
-      <c r="C37" s="0"/>
+          <t>Abiomed Europe GmbH</t>
+        </is>
+      </c>
+      <c r="C37" s="0" t="inlineStr">
+        <is>
+          <t>Abiomed</t>
+        </is>
+      </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X37" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y37" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>4322B</t>
+          <t>2965BT</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>AC Infinity Inc.</t>
+          <t>Abudantia Ltd</t>
         </is>
       </c>
       <c r="C38" s="0"/>
       <c r="D38" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y38" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>4039B</t>
+          <t>4322B</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>AC Mobile Parts Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>AC Infinity Inc.</t>
+        </is>
+      </c>
+      <c r="C39" s="0"/>
       <c r="D39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X39" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>2358T</t>
+          <t>4039B</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>AC Tyres Ltd</t>
-[...2 lines deleted...]
-      <c r="C40" s="0"/>
+          <t>AC Mobile Parts Ltd</t>
+        </is>
+      </c>
+      <c r="C40" s="0" t="inlineStr">
+        <is>
+          <t>First Help Tech</t>
+        </is>
+      </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N40" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O40" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P40" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q40" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R40" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S40" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T40" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U40" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V40" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X40" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>4584WB</t>
+          <t>2358T</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Accell UK &amp; Ireland Ltd</t>
+          <t>AC Tyres Ltd</t>
         </is>
       </c>
       <c r="C41" s="0"/>
       <c r="D41" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -4948,104 +5150,105 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X41" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>3991W</t>
+          <t>4584WB</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Access Security &amp; Control Technology Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Accell UK &amp; Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C42" s="0"/>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -5070,1845 +5273,1929 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X42" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>2850WB</t>
+          <t>3991W</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>ACCHL Ltd</t>
+          <t>Access Security &amp; Control Technology Ltd</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>AIM Cash and Carry</t>
+          <t>2T - Technology</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y43" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>270WB</t>
+          <t>2850WB</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Acco-Rexel Ltd</t>
-[...2 lines deleted...]
-      <c r="C44" s="0"/>
+          <t>ACCHL Ltd</t>
+        </is>
+      </c>
+      <c r="C44" s="0" t="inlineStr">
+        <is>
+          <t>AIM Cash and Carry</t>
+        </is>
+      </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R44" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y44" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>3158WB</t>
+          <t>4752B</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Accora Ltd</t>
+          <t>Accion Innovations LLC</t>
         </is>
       </c>
       <c r="C45" s="0"/>
       <c r="D45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y45" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>3164WB</t>
+          <t>270WB</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Accton Technology Corp.</t>
+          <t>Acco-Rexel Ltd</t>
         </is>
       </c>
       <c r="C46" s="0"/>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y46" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>640WB</t>
+          <t>3158WB</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Accu-Science Ireland Ltd</t>
+          <t>Accora Ltd</t>
         </is>
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y47" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>1001WB</t>
+          <t>3164WB</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Accurist Watches Ltd</t>
+          <t>Accton Technology Corp.</t>
         </is>
       </c>
       <c r="C48" s="0"/>
       <c r="D48" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y48" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>192W</t>
+          <t>640WB</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Accutron Ltd</t>
+          <t>Accu-Science Ireland Ltd</t>
         </is>
       </c>
       <c r="C49" s="0"/>
       <c r="D49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U49" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V49" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W49" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X49" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y49" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>3543T</t>
+          <t>1001WB</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Ace 4x4 Spares Ltd</t>
+          <t>Accurist Watches Ltd</t>
         </is>
       </c>
       <c r="C50" s="0"/>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y50" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>4542WB</t>
+          <t>192W</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>ACE Handels &amp; Entwicklungs GmbH</t>
+          <t>Accutron Ltd</t>
         </is>
       </c>
       <c r="C51" s="0"/>
       <c r="D51" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y51" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>104WB</t>
+          <t>3543T</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>ACEC (Distributors) Ltd</t>
+          <t>Ace 4x4 Spares Ltd</t>
         </is>
       </c>
       <c r="C52" s="0"/>
       <c r="D52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y52" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>1912W</t>
+          <t>4542WB</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Acer Networks</t>
+          <t>ACE Handels &amp; Entwicklungs GmbH</t>
         </is>
       </c>
       <c r="C53" s="0"/>
       <c r="D53" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y53" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>1272W</t>
+          <t>104WB</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Acoustic Images</t>
+          <t>ACEC (Distributors) Ltd</t>
         </is>
       </c>
       <c r="C54" s="0"/>
       <c r="D54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y54" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>1252WB</t>
+          <t>1912W</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Acoustic Technologies Ltd</t>
+          <t>Acer Networks</t>
         </is>
       </c>
       <c r="C55" s="0"/>
       <c r="D55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y55" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>2470T</t>
+          <t>1272W</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>ACR Motors Castlebar Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Acoustic Images</t>
+        </is>
+      </c>
+      <c r="C56" s="0"/>
       <c r="D56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y56" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>1591WB</t>
+          <t>1252WB</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Acravet Ltd</t>
+          <t>Acoustic Technologies Ltd</t>
         </is>
       </c>
       <c r="C57" s="0"/>
       <c r="D57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R57" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S57" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T57" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U57" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y57" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>821WB</t>
+          <t>2470T</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Actavo (Ireland) Ltd</t>
-[...2 lines deleted...]
-      <c r="C58" s="0"/>
+          <t>ACR Motors Castlebar Ltd</t>
+        </is>
+      </c>
+      <c r="C58" s="0" t="inlineStr">
+        <is>
+          <t>ACR Motors</t>
+        </is>
+      </c>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
@@ -6917,1179 +7204,1229 @@
           <t>YES</t>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y58" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>2941WB</t>
+          <t>1591WB</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Action Alarms Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Acravet Ltd</t>
+        </is>
+      </c>
+      <c r="C59" s="0"/>
       <c r="D59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W59" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X59" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y59" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>3373WB</t>
+          <t>821WB</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Active Energy Control Ltd</t>
+          <t>Actavo (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C60" s="0"/>
       <c r="D60" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y60" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>1984WB</t>
+          <t>2941WB</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Active Mind Technology Ltd</t>
-[...2 lines deleted...]
-      <c r="C61" s="0"/>
+          <t>Action Alarms Ltd</t>
+        </is>
+      </c>
+      <c r="C61" s="0" t="inlineStr">
+        <is>
+          <t>Action 24</t>
+        </is>
+      </c>
       <c r="D61" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P61" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q61" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R61" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S61" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T61" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U61" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V61" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W61" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X61" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y61" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>2095WB</t>
+          <t>3373WB</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Activeon EU B.V.</t>
+          <t>Active Energy Control Ltd</t>
         </is>
       </c>
       <c r="C62" s="0"/>
       <c r="D62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U62" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V62" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W62" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X62" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y62" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>2328T</t>
+          <t>1984WB</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Adams Garage Ltd</t>
+          <t>Active Mind Technology Ltd</t>
         </is>
       </c>
       <c r="C63" s="0"/>
       <c r="D63" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X63" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>2432T</t>
+          <t>2095WB</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Adamstown Tyres Ltd</t>
+          <t>Activeon EU B.V.</t>
         </is>
       </c>
       <c r="C64" s="0"/>
       <c r="D64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y64" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>3377WB</t>
+          <t>2328T</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>ADATA Technology Co. Ltd</t>
+          <t>Adams Garage Ltd</t>
         </is>
       </c>
       <c r="C65" s="0"/>
       <c r="D65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X65" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>1326W</t>
+          <t>2432T</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Adattsi Ltd</t>
+          <t>Adamstown Tyres Ltd</t>
         </is>
       </c>
       <c r="C66" s="0"/>
       <c r="D66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V66" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W66" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X66" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y66" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>296W</t>
+          <t>3377WB</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>ADC Bar Code Systems Ltd</t>
+          <t>ADATA Technology Co. Ltd</t>
         </is>
       </c>
       <c r="C67" s="0"/>
       <c r="D67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y67" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>726W</t>
+          <t>1326W</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>ADC COMMUNICATION (UK) LTD</t>
+          <t>Adattsi Ltd</t>
         </is>
       </c>
       <c r="C68" s="0"/>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
@@ -8111,943 +8448,975 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N68" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O68" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y68" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>3429WB</t>
+          <t>296W</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>Additive Manufacturing Technologies (AMT) Ltd</t>
+          <t>ADC Bar Code Systems Ltd</t>
         </is>
       </c>
       <c r="C69" s="0"/>
       <c r="D69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N69" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O69" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y69" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>3128WB</t>
+          <t>726W</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Additive Manufacturing Technologies (AMT) Ltd</t>
+          <t>ADC COMMUNICATION (UK) LTD</t>
         </is>
       </c>
       <c r="C70" s="0"/>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y70" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>833W</t>
+          <t>3128WB</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Adelphi Distributors Ltd</t>
+          <t>Additive Manufacturing Technologies (AMT) Ltd</t>
         </is>
       </c>
       <c r="C71" s="0"/>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V71" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W71" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y71" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>1167WB</t>
+          <t>3429WB</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>ADI-Gardiner Ireland Ltd</t>
+          <t>Additive Manufacturing Technologies (AMT) Ltd</t>
         </is>
       </c>
       <c r="C72" s="0"/>
       <c r="D72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R72" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y72" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>2960WB</t>
+          <t>833W</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Adidas (Ireland) Ltd</t>
+          <t>Adelphi Distributors Ltd</t>
         </is>
       </c>
       <c r="C73" s="0"/>
       <c r="D73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W73" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X73" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y73" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>161WB</t>
+          <t>1167WB</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>ADT Fire and Security Ltd</t>
+          <t>ADI-Gardiner Ireland Ltd</t>
         </is>
       </c>
       <c r="C74" s="0"/>
       <c r="D74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X74" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>3761WB</t>
+          <t>2960WB</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Aduro Trading Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Adidas (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C75" s="0"/>
       <c r="D75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y75" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>1301W</t>
+          <t>161WB</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Advanced Bar &amp; Catering Services Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>ADT Fire and Security Ltd</t>
+        </is>
+      </c>
+      <c r="C76" s="0"/>
       <c r="D76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9102,192 +9471,206 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X76" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>3472WB</t>
+          <t>3761WB</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Advanced Laser Systems Ltd</t>
-[...2 lines deleted...]
-      <c r="C77" s="0"/>
+          <t>Aduro Trading Ltd</t>
+        </is>
+      </c>
+      <c r="C77" s="0" t="inlineStr">
+        <is>
+          <t>happyme.ie</t>
+        </is>
+      </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y77" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>1396WB</t>
+          <t>1301W</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Advanced Manufacturing Control Systems Ltd</t>
+          <t>Advanced Bar &amp; Catering Services Ltd</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
-          <t>AMCS Ltd</t>
+          <t>ABC Services</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9342,104 +9725,105 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X78" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>3560WB</t>
+          <t>3472WB</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Advanced Sterilization Products Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Advanced Laser Systems Ltd</t>
+        </is>
+      </c>
+      <c r="C79" s="0"/>
       <c r="D79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -9464,70 +9848,79 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X79" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>1392W</t>
+          <t>1396WB</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Advanced Water Coolers Ltd</t>
-[...2 lines deleted...]
-      <c r="C80" s="0"/>
+          <t>Advanced Manufacturing Control Systems Ltd</t>
+        </is>
+      </c>
+      <c r="C80" s="0" t="inlineStr">
+        <is>
+          <t>AMCS Ltd</t>
+        </is>
+      </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9583,69 +9976,78 @@
           <t>YES</t>
         </is>
       </c>
       <c r="T80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y80" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>3336WB</t>
+          <t>3560WB</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Advantech Europe B.V</t>
-[...2 lines deleted...]
-      <c r="C81" s="0"/>
+          <t>Advanced Sterilization Products Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C81" s="0" t="inlineStr">
+        <is>
+          <t>ASP Ireland</t>
+        </is>
+      </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9661,596 +10063,621 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y81" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>2533T</t>
+          <t>1392W</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Adventure Motorcycles Ireland Ltd</t>
+          <t>Advanced Water Coolers Ltd</t>
         </is>
       </c>
       <c r="C82" s="0"/>
       <c r="D82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y82" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>1364W</t>
+          <t>3369WB</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>Aereco Ltd</t>
+          <t>Advania Ireland Ltd</t>
         </is>
       </c>
       <c r="C83" s="0"/>
       <c r="D83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V83" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W83" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X83" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y83" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>168W</t>
+          <t>3336WB</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Aerogen (Ireland) Ltd</t>
+          <t>Advantech Europe B.V</t>
         </is>
       </c>
       <c r="C84" s="0"/>
       <c r="D84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y84" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>3504WB</t>
+          <t>2533T</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Aerogen Ltd</t>
+          <t>Adventure Motorcycles Ireland Ltd</t>
         </is>
       </c>
       <c r="C85" s="0"/>
       <c r="D85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y85" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>1634W</t>
+          <t>1364W</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Aertech Satellite Communications Ltd</t>
+          <t>Aereco Ltd</t>
         </is>
       </c>
       <c r="C86" s="0"/>
       <c r="D86" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -10286,787 +10713,818 @@
           <t>YES</t>
         </is>
       </c>
       <c r="S86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X86" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y86" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>3600W</t>
+          <t>168W</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>AEye, INC.</t>
+          <t>Aerogen (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C87" s="0"/>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y87" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>4583WB</t>
+          <t>3504WB</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>AFT Distribution Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Aerogen Ltd</t>
+        </is>
+      </c>
+      <c r="C88" s="0"/>
       <c r="D88" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y88" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>1870WB</t>
+          <t>1634W</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Afterglow Science, LLC</t>
+          <t>Aertech Satellite Communications Ltd</t>
         </is>
       </c>
       <c r="C89" s="0"/>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X89" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>2310T</t>
+          <t>3600W</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>Again And Again Ltd</t>
+          <t>AEye, INC.</t>
         </is>
       </c>
       <c r="C90" s="0"/>
       <c r="D90" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y90" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>1013WB</t>
+          <t>4583WB</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Agfa Graphics Ireland Ltd</t>
-[...2 lines deleted...]
-      <c r="C91" s="0"/>
+          <t>AFT Distribution Ltd</t>
+        </is>
+      </c>
+      <c r="C91" s="0" t="inlineStr">
+        <is>
+          <t>Smartshade</t>
+        </is>
+      </c>
       <c r="D91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y91" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>1491WB</t>
+          <t>1870WB</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>Agfa Ltd</t>
+          <t>Afterglow Science, LLC</t>
         </is>
       </c>
       <c r="C92" s="0"/>
       <c r="D92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R92" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S92" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T92" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U92" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V92" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W92" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X92" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y92" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>1857WB</t>
+          <t>2310T</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Agfa NV - Irish Branch</t>
-[...6 lines deleted...]
-      </c>
+          <t>Again And Again Ltd</t>
+        </is>
+      </c>
+      <c r="C93" s="0"/>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
@@ -11075,237 +11533,247 @@
           <t>YES</t>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y93" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="0" t="inlineStr">
         <is>
-          <t>3953WB</t>
+          <t>1013WB</t>
         </is>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Agile Tech UAB		</t>
+          <t>Agfa Graphics Ireland Ltd</t>
         </is>
       </c>
       <c r="C94" s="0"/>
       <c r="D94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W94" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y94" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="inlineStr">
         <is>
-          <t>141WB</t>
+          <t>1491WB</t>
         </is>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Agilent Technologies Ireland Ltd</t>
+          <t>Agfa Ltd</t>
         </is>
       </c>
       <c r="C95" s="0"/>
       <c r="D95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -11326,104 +11794,113 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N95" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O95" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P95" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y95" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="inlineStr">
         <is>
-          <t>1882WB</t>
+          <t>1857WB</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Agri Health Ltd</t>
-[...2 lines deleted...]
-      <c r="C96" s="0"/>
+          <t>Agfa NV - Irish Branch</t>
+        </is>
+      </c>
+      <c r="C96" s="0" t="inlineStr">
+        <is>
+          <t>Agfa Graphics</t>
+        </is>
+      </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -11444,1400 +11921,1460 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="0" t="inlineStr">
         <is>
-          <t>2300T</t>
+          <t>3953WB</t>
         </is>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Agrigear Ltd</t>
+          <t>Agile Tech UAB		</t>
         </is>
       </c>
       <c r="C97" s="0"/>
       <c r="D97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y97" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="0" t="inlineStr">
         <is>
-          <t>2954BT</t>
+          <t>141WB</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Aherns of Kerry Ltd</t>
+          <t>Agilent Technologies Ireland Ltd</t>
         </is>
       </c>
       <c r="C98" s="0"/>
       <c r="D98" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="0" t="inlineStr">
         <is>
-          <t>2918W</t>
+          <t>1882WB</t>
         </is>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>AHT Cooling Systems Supermarket (UK) Ltd</t>
+          <t>Agri Health Ltd</t>
         </is>
       </c>
       <c r="C99" s="0"/>
       <c r="D99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="0" t="inlineStr">
         <is>
-          <t>1457W</t>
+          <t>2300T</t>
         </is>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>AiBridges Ltd</t>
+          <t>Agrigear Ltd</t>
         </is>
       </c>
       <c r="C100" s="0"/>
       <c r="D100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R100" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S100" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T100" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U100" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V100" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W100" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X100" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y100" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="0" t="inlineStr">
         <is>
-          <t>776W</t>
+          <t>2954BT</t>
         </is>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Aiden Hanna Wholesale Ltd</t>
+          <t>Aherns of Kerry Ltd</t>
         </is>
       </c>
       <c r="C101" s="0"/>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X101" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y101" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="0" t="inlineStr">
         <is>
-          <t>3760W</t>
+          <t>2918W</t>
         </is>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Aiko Energy Germany GmbH</t>
+          <t>AHT Cooling Systems Supermarket (UK) Ltd</t>
         </is>
       </c>
       <c r="C102" s="0"/>
       <c r="D102" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y102" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="0" t="inlineStr">
         <is>
-          <t>4252W</t>
+          <t>1457W</t>
         </is>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Aiko Energy Netherlands B.V.</t>
+          <t>AiBridges Ltd</t>
         </is>
       </c>
       <c r="C103" s="0"/>
       <c r="D103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R103" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X103" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="0" t="inlineStr">
         <is>
-          <t>1176WB</t>
+          <t>776W</t>
         </is>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Ailesbury Commercial and Industrial Security Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Aiden Hanna Wholesale Ltd</t>
+        </is>
+      </c>
+      <c r="C104" s="0"/>
       <c r="D104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S104" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T104" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U104" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V104" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W104" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X104" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y104" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="0" t="inlineStr">
         <is>
-          <t>870W</t>
+          <t>3760W</t>
         </is>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>AIM Cash and Carry Ltd</t>
+          <t>Aiko Energy Germany GmbH</t>
         </is>
       </c>
       <c r="C105" s="0"/>
       <c r="D105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q105" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R105" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S105" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T105" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U105" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V105" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W105" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X105" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y105" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="0" t="inlineStr">
         <is>
-          <t>4432B</t>
+          <t>4252W</t>
         </is>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>Aiokou Shaving (Yiwu) Electric Appliance Co., LTD</t>
+          <t>Aiko Energy Netherlands B.V.</t>
         </is>
       </c>
       <c r="C106" s="0"/>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y106" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="0" t="inlineStr">
         <is>
-          <t>1435W</t>
+          <t>1176WB</t>
         </is>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Air Flow Stoves Ltd</t>
-[...2 lines deleted...]
-      <c r="C107" s="0"/>
+          <t>Ailesbury Commercial and Industrial Security Ltd</t>
+        </is>
+      </c>
+      <c r="C107" s="0" t="inlineStr">
+        <is>
+          <t>Ailesbury Services</t>
+        </is>
+      </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R107" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V107" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W107" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X107" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y107" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="0" t="inlineStr">
         <is>
-          <t>1160W</t>
+          <t>870W</t>
         </is>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Air Health &amp; Safety Solutions Ltd</t>
+          <t>AIM Cash and Carry Ltd</t>
         </is>
       </c>
       <c r="C108" s="0"/>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
@@ -12869,211 +13406,221 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X108" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y108" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="0" t="inlineStr">
         <is>
-          <t>1742W</t>
+          <t>4432B</t>
         </is>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Airdryer Systems Ltd</t>
+          <t>Aiokou Shaving (Yiwu) Electric Appliance Co., LTD</t>
         </is>
       </c>
       <c r="C109" s="0"/>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N109" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O109" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S109" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T109" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U109" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V109" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y109" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="0" t="inlineStr">
         <is>
-          <t>1748W</t>
+          <t>1435W</t>
         </is>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Airlux Lighting Ltd</t>
+          <t>Air Flow Stoves Ltd</t>
         </is>
       </c>
       <c r="C110" s="0"/>
       <c r="D110" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
@@ -13085,475 +13632,487 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N110" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O110" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P110" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q110" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R110" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W110" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X110" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y110" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="0" t="inlineStr">
         <is>
-          <t>2958W</t>
+          <t>1160W</t>
         </is>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Airmount Beauty Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Air Health &amp; Safety Solutions Ltd</t>
+        </is>
+      </c>
+      <c r="C111" s="0"/>
       <c r="D111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X111" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y111" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="0" t="inlineStr">
         <is>
-          <t>3146W</t>
+          <t>4602WB</t>
         </is>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Airpower Engineering Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Air Liquide Healthcare Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C112" s="0"/>
       <c r="D112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y112" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="0" t="inlineStr">
         <is>
-          <t>3665W</t>
+          <t>1742W</t>
         </is>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Airthings A/S</t>
+          <t>Airdryer Systems Ltd</t>
         </is>
       </c>
       <c r="C113" s="0"/>
       <c r="D113" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="N113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="O113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="P113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="Q113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T113" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U113" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V113" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W113" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X113" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y113" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="0" t="inlineStr">
         <is>
-          <t>1754WB</t>
+          <t>1748W</t>
         </is>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Airtricity Ltd</t>
+          <t>Airlux Lighting Ltd</t>
         </is>
       </c>
       <c r="C114" s="0"/>
       <c r="D114" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
@@ -13570,277 +14129,295 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N114" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="P114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="Q114" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="R114" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="S114" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="T114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X114" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="0" t="inlineStr">
         <is>
-          <t>1615B</t>
+          <t>2958W</t>
         </is>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>Aisle Master Ltd</t>
-[...2 lines deleted...]
-      <c r="C115" s="0"/>
+          <t>Airmount Beauty Ltd</t>
+        </is>
+      </c>
+      <c r="C115" s="0" t="inlineStr">
+        <is>
+          <t>The Manicure Company</t>
+        </is>
+      </c>
       <c r="D115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q115" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R115" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S115" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T115" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U115" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V115" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W115" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X115" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y115" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="0" t="inlineStr">
         <is>
-          <t>2164W</t>
+          <t>3146W</t>
         </is>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>AKH Concepts Ltd</t>
-[...2 lines deleted...]
-      <c r="C116" s="0"/>
+          <t>Airpower Engineering Ltd</t>
+        </is>
+      </c>
+      <c r="C116" s="0" t="inlineStr">
+        <is>
+          <t>Airpower Pneumatics and Custom Solutions</t>
+        </is>
+      </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -13850,182 +14427,192 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X116" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="0" t="inlineStr">
         <is>
-          <t>1238B</t>
+          <t>3665W</t>
         </is>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Al McEvoy Battery Distributors</t>
+          <t>Airthings A/S</t>
         </is>
       </c>
       <c r="C117" s="0"/>
       <c r="D117" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N117" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O117" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P117" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q117" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R117" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S117" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T117" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U117" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X117" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="0" t="inlineStr">
         <is>
-          <t>1193B</t>
+          <t>1754WB</t>
         </is>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Alan Carty Sales &amp; Distribution</t>
+          <t>Airtricity Ltd</t>
         </is>
       </c>
       <c r="C118" s="0"/>
       <c r="D118" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
@@ -14047,738 +14634,768 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N118" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O118" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R118" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S118" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X118" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="0" t="inlineStr">
         <is>
-          <t>2926B</t>
+          <t>1615B</t>
         </is>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Alavina Investments Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Aisle Master Ltd</t>
+        </is>
+      </c>
+      <c r="C119" s="0"/>
       <c r="D119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y119" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="0" t="inlineStr">
         <is>
-          <t>1118W</t>
+          <t>2164W</t>
         </is>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Albertross Audio Ltd</t>
+          <t>AKH Concepts Ltd</t>
         </is>
       </c>
       <c r="C120" s="0"/>
       <c r="D120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U120" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V120" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W120" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X120" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y120" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="0" t="inlineStr">
         <is>
-          <t>193WB</t>
+          <t>4635WB</t>
         </is>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Alcatel-Lucent Ireland Ltd</t>
+          <t>Aktiia B.V.</t>
         </is>
       </c>
       <c r="C121" s="0"/>
       <c r="D121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q121" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R121" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S121" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T121" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U121" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V121" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W121" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X121" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y121" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="0" t="inlineStr">
         <is>
-          <t>1183WB</t>
+          <t>1238B</t>
         </is>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>Alcon Eye Care Ltd</t>
+          <t>Al McEvoy Battery Distributors</t>
         </is>
       </c>
       <c r="C122" s="0"/>
       <c r="D122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W122" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X122" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y122" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="0" t="inlineStr">
         <is>
-          <t>140WB</t>
+          <t>1193B</t>
         </is>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Aldi Stores (Ireland) Ltd</t>
+          <t>Alan Carty Sales &amp; Distribution</t>
         </is>
       </c>
       <c r="C123" s="0"/>
       <c r="D123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y123" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="0" t="inlineStr">
         <is>
-          <t>2886WB</t>
+          <t>2926B</t>
         </is>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Alert Fire Safety Systems Ltd</t>
-[...2 lines deleted...]
-      <c r="C124" s="0"/>
+          <t>Alavina Investments Ltd</t>
+        </is>
+      </c>
+      <c r="C124" s="0" t="inlineStr">
+        <is>
+          <t>J Donohoe</t>
+        </is>
+      </c>
       <c r="D124" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -14794,1370 +15411,1426 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="S124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y124" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="0" t="inlineStr">
         <is>
-          <t>2761T</t>
+          <t>1118W</t>
         </is>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Alex Fuels Ltd</t>
+          <t>Albertross Audio Ltd</t>
         </is>
       </c>
       <c r="C125" s="0"/>
       <c r="D125" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y125" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="0" t="inlineStr">
         <is>
-          <t>3324W</t>
+          <t>193WB</t>
         </is>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>Alfen ICU BV</t>
+          <t>Alcatel-Lucent Ireland Ltd</t>
         </is>
       </c>
       <c r="C126" s="0"/>
       <c r="D126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N126" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O126" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y126" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="0" t="inlineStr">
         <is>
-          <t>60W</t>
+          <t>1183WB</t>
         </is>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Alfred Briggs Distributors Ltd</t>
+          <t>Alcon Eye Care Ltd</t>
         </is>
       </c>
       <c r="C127" s="0"/>
       <c r="D127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y127" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="0" t="inlineStr">
         <is>
-          <t>2070B</t>
+          <t>140WB</t>
         </is>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Aliana Ltd</t>
+          <t>Aldi Stores (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C128" s="0"/>
       <c r="D128" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N128" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y128" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="0" t="inlineStr">
         <is>
-          <t>759WB</t>
+          <t>2886WB</t>
         </is>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Alienware Ltd</t>
+          <t>Alert Fire Safety Systems Ltd</t>
         </is>
       </c>
       <c r="C129" s="0"/>
       <c r="D129" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T129" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U129" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V129" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W129" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X129" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y129" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="0" t="inlineStr">
         <is>
-          <t>1288WB</t>
+          <t>2761T</t>
         </is>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>AliphCom</t>
+          <t>Alex Fuels Ltd</t>
         </is>
       </c>
       <c r="C130" s="0"/>
       <c r="D130" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y130" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="0" t="inlineStr">
         <is>
-          <t>1700WB</t>
+          <t>3324W</t>
         </is>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>All Electronics</t>
+          <t>Alfen ICU BV</t>
         </is>
       </c>
       <c r="C131" s="0"/>
       <c r="D131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q131" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R131" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y131" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="0" t="inlineStr">
         <is>
-          <t>662WB</t>
+          <t>60W</t>
         </is>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Allegro Ltd</t>
+          <t>Alfred Briggs Distributors Ltd</t>
         </is>
       </c>
       <c r="C132" s="0"/>
       <c r="D132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U132" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V132" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W132" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X132" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y132" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="0" t="inlineStr">
         <is>
-          <t>3069WB</t>
+          <t>2070B</t>
         </is>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Allergan Pharmaceuticals International Ltd</t>
+          <t>Aliana Ltd</t>
         </is>
       </c>
       <c r="C133" s="0"/>
       <c r="D133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="P133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X133" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="0" t="inlineStr">
         <is>
-          <t>1878B</t>
+          <t>759WB</t>
         </is>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Alliance Automotive Group Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Alienware Ltd</t>
+        </is>
+      </c>
+      <c r="C134" s="0"/>
       <c r="D134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S134" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T134" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U134" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V134" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W134" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X134" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y134" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="0" t="inlineStr">
         <is>
-          <t>2716WB</t>
+          <t>1288WB</t>
         </is>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Allied Fire Protection Ltd</t>
+          <t>AliphCom</t>
         </is>
       </c>
       <c r="C135" s="0"/>
       <c r="D135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X135" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="0" t="inlineStr">
         <is>
-          <t>1706WB</t>
+          <t>1700WB</t>
         </is>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Allied Foods Ltd</t>
+          <t>All Electronics</t>
         </is>
       </c>
       <c r="C136" s="0"/>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
@@ -16179,109 +16852,114 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S136" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U136" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V136" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W136" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X136" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y136" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="0" t="inlineStr">
         <is>
-          <t>2059W</t>
+          <t>662WB</t>
         </is>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Allied Hardware &amp; Agri-Products Ltd</t>
+          <t>Allegro Ltd</t>
         </is>
       </c>
       <c r="C137" s="0"/>
       <c r="D137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -16292,1543 +16970,1600 @@
           <t>YES</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O137" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P137" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q137" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R137" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S137" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T137" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U137" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V137" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W137" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X137" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y137" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="0" t="inlineStr">
         <is>
-          <t>1929WB</t>
+          <t>3069WB</t>
         </is>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Allied Imports Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Allergan Pharmaceuticals International Ltd</t>
+        </is>
+      </c>
+      <c r="C138" s="0"/>
       <c r="D138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X138" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="0" t="inlineStr">
         <is>
-          <t>1915WB</t>
+          <t>1878B</t>
         </is>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Allied Logistics Ltd</t>
-[...2 lines deleted...]
-      <c r="C139" s="0"/>
+          <t>Alliance Automotive Group Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C139" s="0" t="inlineStr">
+        <is>
+          <t>J&amp;S Automotive Distributors</t>
+        </is>
+      </c>
       <c r="D139" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N139" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O139" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P139" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T139" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U139" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V139" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y139" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="0" t="inlineStr">
         <is>
-          <t>3889WB</t>
+          <t>2716WB</t>
         </is>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Allied Merchants Buying Association Ltd</t>
+          <t>Allied Fire Protection Ltd</t>
         </is>
       </c>
       <c r="C140" s="0"/>
       <c r="D140" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X140" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y140" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="0" t="inlineStr">
         <is>
-          <t>2372T</t>
+          <t>1706WB</t>
         </is>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Alloy Wheel &amp; Tyre Clinic Ltd</t>
+          <t>Allied Foods Ltd</t>
         </is>
       </c>
       <c r="C141" s="0"/>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V141" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W141" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X141" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y141" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="0" t="inlineStr">
         <is>
-          <t>1062W</t>
+          <t>2059W</t>
         </is>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Alpha Computer Clean Ltd</t>
+          <t>Allied Hardware &amp; Agri-Products Ltd</t>
         </is>
       </c>
       <c r="C142" s="0"/>
       <c r="D142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V142" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W142" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X142" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="0" t="inlineStr">
         <is>
-          <t>3516W</t>
+          <t>1929WB</t>
         </is>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Alpha View Ltd</t>
-[...2 lines deleted...]
-      <c r="C143" s="0"/>
+          <t>Allied Imports Ltd</t>
+        </is>
+      </c>
+      <c r="C143" s="0" t="inlineStr">
+        <is>
+          <t>Tipperary Crystal</t>
+        </is>
+      </c>
       <c r="D143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R143" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S143" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T143" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U143" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V143" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W143" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X143" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y143" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="0" t="inlineStr">
         <is>
-          <t>2024WB</t>
+          <t>1915WB</t>
         </is>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>AlphaTheta EMEA Ltd</t>
+          <t>Allied Logistics Ltd</t>
         </is>
       </c>
       <c r="C144" s="0"/>
       <c r="D144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O144" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P144" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q144" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="R144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X144" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="0" t="inlineStr">
         <is>
-          <t>2049WB</t>
+          <t>3889WB</t>
         </is>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Alumina Lighting Ltd</t>
+          <t>Allied Merchants Buying Association Ltd</t>
         </is>
       </c>
       <c r="C145" s="0"/>
       <c r="D145" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N145" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O145" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y145" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="0" t="inlineStr">
         <is>
-          <t>2356T</t>
+          <t>2372T</t>
         </is>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Amagrin Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Alloy Wheel &amp; Tyre Clinic Ltd</t>
+        </is>
+      </c>
+      <c r="C146" s="0"/>
       <c r="D146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J146" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y146" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="0" t="inlineStr">
         <is>
-          <t>2126WB</t>
+          <t>1062W</t>
         </is>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Amazon Data Services Ireland Ltd</t>
+          <t>Alpha Computer Clean Ltd</t>
         </is>
       </c>
       <c r="C147" s="0"/>
       <c r="D147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X147" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y147" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="0" t="inlineStr">
         <is>
-          <t>1330WB</t>
+          <t>3516W</t>
         </is>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Amazon EU Sarl</t>
-[...6 lines deleted...]
-      </c>
+          <t>Alpha View Ltd</t>
+        </is>
+      </c>
+      <c r="C148" s="0"/>
       <c r="D148" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y148" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="0" t="inlineStr">
         <is>
-          <t>1566WB</t>
+          <t>2024WB</t>
         </is>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Amazon Fulfillment Services Inc.</t>
+          <t>AlphaTheta EMEA Ltd</t>
         </is>
       </c>
       <c r="C149" s="0"/>
       <c r="D149" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N149" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O149" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X149" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="0" t="inlineStr">
         <is>
-          <t>138WB</t>
+          <t>2049WB</t>
         </is>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Ambassador Communications Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Alumina Lighting Ltd</t>
+        </is>
+      </c>
+      <c r="C150" s="0"/>
       <c r="D150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
@@ -17852,103 +18587,108 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y150" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="0" t="inlineStr">
         <is>
-          <t>2034WB</t>
+          <t>2356T</t>
         </is>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>American Video Equipment (Europe) Ltd</t>
+          <t>Amagrin Ltd</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
-          <t>AVE Europe Ltd</t>
+          <t>Euro Tyre Sales</t>
         </is>
       </c>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -17959,591 +18699,624 @@
           <t>YES</t>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N151" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O151" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P151" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q151" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R151" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y151" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="0" t="inlineStr">
         <is>
-          <t>1850W</t>
+          <t>3805W</t>
         </is>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Amica Wronki S.A.</t>
+          <t>Amann Girrbach AG</t>
         </is>
       </c>
       <c r="C152" s="0"/>
       <c r="D152" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q152" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R152" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S152" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T152" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U152" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V152" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W152" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X152" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y152" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="0" t="inlineStr">
         <is>
-          <t>688W</t>
+          <t>2126WB</t>
         </is>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Amket Ltd</t>
+          <t>Amazon Data Services Ireland Ltd</t>
         </is>
       </c>
       <c r="C153" s="0"/>
       <c r="D153" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W153" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y153" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="0" t="inlineStr">
         <is>
-          <t>3805W</t>
+          <t>1330WBT</t>
         </is>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Amman Girrbach AG</t>
-[...2 lines deleted...]
-      <c r="C154" s="0"/>
+          <t>Amazon EU Sarl</t>
+        </is>
+      </c>
+      <c r="C154" s="0" t="inlineStr">
+        <is>
+          <t>Amazon EU</t>
+        </is>
+      </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y154" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="0" t="inlineStr">
         <is>
-          <t>734WB</t>
+          <t>1566WB</t>
         </is>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>AMO Ireland</t>
+          <t>Amazon Fulfillment Services Inc.</t>
         </is>
       </c>
       <c r="C155" s="0"/>
       <c r="D155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N155" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O155" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P155" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q155" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R155" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S155" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T155" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U155" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y155" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="0" t="inlineStr">
         <is>
-          <t>719WB</t>
+          <t>138WB</t>
         </is>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Amway (UK) Ltd</t>
-[...2 lines deleted...]
-      <c r="C156" s="0"/>
+          <t>Ambassador Communications Ltd</t>
+        </is>
+      </c>
+      <c r="C156" s="0" t="inlineStr">
+        <is>
+          <t>Homeline</t>
+        </is>
+      </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -18559,339 +19332,358 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P156" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q156" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R156" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S156" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T156" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U156" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V156" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W156" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X156" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y156" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="0" t="inlineStr">
         <is>
-          <t>1983W</t>
+          <t>4612WB</t>
         </is>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Anacapa Holdings Ltd</t>
+          <t>American Good Partner Sports Accessories INC</t>
         </is>
       </c>
       <c r="C157" s="0"/>
       <c r="D157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X157" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y157" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="0" t="inlineStr">
         <is>
-          <t>2682WB</t>
+          <t>2034WB</t>
         </is>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Analab Analytical Laboratory Supplies Ltd</t>
-[...2 lines deleted...]
-      <c r="C158" s="0"/>
+          <t>American Video Equipment (Europe) Ltd</t>
+        </is>
+      </c>
+      <c r="C158" s="0" t="inlineStr">
+        <is>
+          <t>AVE Europe Ltd</t>
+        </is>
+      </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N158" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O158" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y158" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="0" t="inlineStr">
         <is>
-          <t>1154W</t>
+          <t>1850W</t>
         </is>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Ancove Enterprises Ltd</t>
+          <t>Amica Wronki S.A.</t>
         </is>
       </c>
       <c r="C159" s="0"/>
       <c r="D159" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
@@ -18903,522 +19695,538 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J159" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T159" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U159" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V159" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W159" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X159" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="0" t="inlineStr">
         <is>
-          <t>2887T</t>
+          <t>688W</t>
         </is>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Andrew Hourigan Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Amket Ltd</t>
+        </is>
+      </c>
+      <c r="C160" s="0"/>
       <c r="D160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="J160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y160" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="0" t="inlineStr">
         <is>
-          <t>1406W</t>
+          <t>734WB</t>
         </is>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Andrew Ryan Traditional &amp; Modern Furniture Ltd</t>
+          <t>AMO Ireland</t>
         </is>
       </c>
       <c r="C161" s="0"/>
       <c r="D161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S161" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y161" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="0" t="inlineStr">
         <is>
-          <t>2841T</t>
+          <t>719WB</t>
         </is>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Andrew's Auto Repairs</t>
+          <t>Amway (UK) Ltd</t>
         </is>
       </c>
       <c r="C162" s="0"/>
       <c r="D162" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J162" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K162" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y162" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="0" t="inlineStr">
         <is>
-          <t>906W</t>
+          <t>1983W</t>
         </is>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Anglo Irish Refrigeration Company Ltd</t>
+          <t>Anacapa Holdings Ltd</t>
         </is>
       </c>
       <c r="C163" s="0"/>
       <c r="D163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -19430,791 +20238,822 @@
         </is>
       </c>
       <c r="T163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
+        </is>
+      </c>
+      <c r="Y163" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="0" t="inlineStr">
         <is>
-          <t>4481WB</t>
+          <t>2682WB</t>
         </is>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Anker Solix Technology (UK) Ltd.</t>
+          <t>Analab Analytical Laboratory Supplies Ltd</t>
         </is>
       </c>
       <c r="C164" s="0"/>
       <c r="D164" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X164" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="0" t="inlineStr">
         <is>
-          <t>2093WB</t>
+          <t>1154W</t>
         </is>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Anker Technologies (UK) Ltd</t>
+          <t>Ancove Enterprises Ltd</t>
         </is>
       </c>
       <c r="C165" s="0"/>
       <c r="D165" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X165" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y165" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="0" t="inlineStr">
         <is>
-          <t>1838WB</t>
+          <t>2887T</t>
         </is>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Ann Summers Ireland (Retail) Ltd</t>
+          <t>Andrew Hourigan Ltd</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
-          <t>Ann Summers</t>
+          <t>Hourigans Motorcycles</t>
         </is>
       </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U166" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V166" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W166" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X166" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y166" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="0" t="inlineStr">
         <is>
-          <t>3209WB</t>
+          <t>1406W</t>
         </is>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Ansell (Sales &amp; Distribution) Republic of Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Andrew Ryan Traditional &amp; Modern Furniture Ltd</t>
+        </is>
+      </c>
+      <c r="C167" s="0"/>
       <c r="D167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V167" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W167" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X167" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y167" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="0" t="inlineStr">
         <is>
-          <t>4214B</t>
+          <t>2841T</t>
         </is>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Anshiyou(shenzhen)keji Co., Ltd.</t>
+          <t>Andrew's Auto Repairs</t>
         </is>
       </c>
       <c r="C168" s="0"/>
       <c r="D168" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y168" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="0" t="inlineStr">
         <is>
-          <t>2471T</t>
+          <t>906W</t>
         </is>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Antan Ltd</t>
+          <t>Anglo Irish Refrigeration Company Ltd</t>
         </is>
       </c>
       <c r="C169" s="0"/>
       <c r="D169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J169" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y169" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="0" t="inlineStr">
         <is>
-          <t>867WB</t>
+          <t>4481WB</t>
         </is>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Anthony Ryan Ltd</t>
+          <t>Anker Solix Technology (UK) Ltd.</t>
         </is>
       </c>
       <c r="C170" s="0"/>
       <c r="D170" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E170" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E170" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J170" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
@@ -20262,188 +21101,198 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T170" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U170" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V170" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W170" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X170" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y170" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="0" t="inlineStr">
         <is>
-          <t>867W</t>
+          <t>4666WB</t>
         </is>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Anthony Ryan, Ltd</t>
+          <t>Anker Solix Technology Deutschland GmbH</t>
         </is>
       </c>
       <c r="C171" s="0"/>
       <c r="D171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y171" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="0" t="inlineStr">
         <is>
-          <t>669W</t>
+          <t>2093WB</t>
         </is>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Anthony Tully Components Ltd</t>
+          <t>Anker Technologies (UK) Ltd</t>
         </is>
       </c>
       <c r="C172" s="0"/>
       <c r="D172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -20459,475 +21308,495 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N172" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O172" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y172" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="0" t="inlineStr">
         <is>
-          <t>2176WB</t>
+          <t>1838WB</t>
         </is>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Anveck Ltd</t>
+          <t>Ann Summers Ireland (Retail) Ltd</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
-          <t>SQ9</t>
+          <t>Ann Summers</t>
         </is>
       </c>
       <c r="D173" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N173" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O173" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P173" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q173" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R173" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S173" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T173" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U173" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V173" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W173" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X173" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y173" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="0" t="inlineStr">
         <is>
-          <t>2920WB</t>
+          <t>4631W</t>
         </is>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Anylamp B.V.</t>
+          <t>Annix Software Ltd</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
-          <t>Evert Hujis</t>
+          <t>Quest Systems</t>
         </is>
       </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X174" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>4553WB</t>
+          <t>3209WB</t>
         </is>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>Anzacare Limited</t>
+          <t>Ansell (Sales &amp; Distribution) Republic of Ireland Ltd</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
-          <t>DRI Sleeper</t>
+          <t>Ansell Sales &amp; Distribution Republic of Ireland</t>
         </is>
       </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X175" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y175" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="0" t="inlineStr">
         <is>
-          <t>3680WB</t>
+          <t>4214B</t>
         </is>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Aosom Ireland Ltd</t>
+          <t>Anshiyou(shenzhen)keji Co., Ltd.</t>
         </is>
       </c>
       <c r="C176" s="0"/>
       <c r="D176" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -20978,68 +21847,73 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="S176" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T176" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U176" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V176" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y176" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="0" t="inlineStr">
         <is>
-          <t>1780W</t>
+          <t>2471T</t>
         </is>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Apex Controls Ltd</t>
+          <t>Antan Ltd</t>
         </is>
       </c>
       <c r="C177" s="0"/>
       <c r="D177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
@@ -21051,359 +21925,370 @@
           <t>YES</t>
         </is>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W177" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X177" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y177" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="0" t="inlineStr">
         <is>
-          <t>2658W</t>
+          <t>867WB</t>
         </is>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>Apogee Corporation (Ireland) Ltd</t>
+          <t>Anthony Ryan Ltd</t>
         </is>
       </c>
       <c r="C178" s="0"/>
       <c r="D178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X178" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y178" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="0" t="inlineStr">
         <is>
-          <t>4163WB</t>
+          <t>867W</t>
         </is>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Apollo Fire Detectors Ltd</t>
+          <t>Anthony Ryan, Ltd</t>
         </is>
       </c>
       <c r="C179" s="0"/>
       <c r="D179" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J179" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K179" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N179" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O179" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P179" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q179" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R179" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S179" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T179" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U179" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V179" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W179" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X179" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y179" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="0" t="inlineStr">
         <is>
-          <t>1807WB</t>
+          <t>669W</t>
         </is>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Apple Distribution International Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anthony Tully Components Ltd</t>
+        </is>
+      </c>
+      <c r="C180" s="0"/>
       <c r="D180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -21429,488 +22314,520 @@
           <t>YES</t>
         </is>
       </c>
       <c r="N180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R180" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S180" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T180" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U180" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V180" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W180" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X180" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y180" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="0" t="inlineStr">
         <is>
-          <t>411WB</t>
+          <t>2176WB</t>
         </is>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Apple Sales International</t>
-[...2 lines deleted...]
-      <c r="C181" s="0"/>
+          <t>Anveck Ltd</t>
+        </is>
+      </c>
+      <c r="C181" s="0" t="inlineStr">
+        <is>
+          <t>SQ9</t>
+        </is>
+      </c>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y181" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="0" t="inlineStr">
         <is>
-          <t>1005WB</t>
+          <t>2920WB</t>
         </is>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Appleby Jewellers Ltd</t>
-[...2 lines deleted...]
-      <c r="C182" s="0"/>
+          <t>Anylamp B.V.</t>
+        </is>
+      </c>
+      <c r="C182" s="0" t="inlineStr">
+        <is>
+          <t>Evert Hujis</t>
+        </is>
+      </c>
       <c r="D182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y182" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="0" t="inlineStr">
         <is>
-          <t>4216B</t>
+          <t>4553WB</t>
         </is>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Appliance Development Services Ltd</t>
-[...2 lines deleted...]
-      <c r="C183" s="0"/>
+          <t>Anzacare Limited</t>
+        </is>
+      </c>
+      <c r="C183" s="0" t="inlineStr">
+        <is>
+          <t>DRI Sleeper</t>
+        </is>
+      </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X183" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y183" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="0" t="inlineStr">
         <is>
-          <t>2655W</t>
+          <t>3680WB</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>Appliance House Ltd</t>
+          <t>Aosom Ireland Ltd</t>
         </is>
       </c>
       <c r="C184" s="0"/>
       <c r="D184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N184" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O184" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P184" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -21930,1008 +22847,1057 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T184" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U184" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V184" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W184" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X184" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y184" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="0" t="inlineStr">
         <is>
-          <t>246WB</t>
+          <t>1780W</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Appliance Sales &amp; Distribution Ltd</t>
+          <t>Apex Controls Ltd</t>
         </is>
       </c>
       <c r="C185" s="0"/>
       <c r="D185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R185" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y185" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="0" t="inlineStr">
         <is>
-          <t>1009WB</t>
+          <t>2658W</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Appliance Technology Ltd</t>
+          <t>Apogee Corporation (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C186" s="0"/>
       <c r="D186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q186" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y186" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="0" t="inlineStr">
         <is>
-          <t>1434W</t>
+          <t>4163WB</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Applied Lighting</t>
+          <t>Apollo Fire Detectors Ltd</t>
         </is>
       </c>
       <c r="C187" s="0"/>
       <c r="D187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="O187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="P187" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="Q187" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R187" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S187" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T187" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U187" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V187" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W187" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X187" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y187" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="0" t="inlineStr">
         <is>
-          <t>3564T</t>
+          <t>1807WB</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Applus Inspection Services Ireland Ltd</t>
-[...2 lines deleted...]
-      <c r="C188" s="0"/>
+          <t>Apple Distribution International Ltd</t>
+        </is>
+      </c>
+      <c r="C188" s="0" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N188" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O188" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P188" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q188" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R188" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S188" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T188" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U188" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V188" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W188" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X188" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y188" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="0" t="inlineStr">
         <is>
-          <t>3364WB</t>
+          <t>411WB</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Apption Labs GmbH</t>
+          <t>Apple Sales International</t>
         </is>
       </c>
       <c r="C189" s="0"/>
       <c r="D189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N189" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O189" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P189" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q189" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R189" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S189" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T189" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U189" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V189" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W189" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X189" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y189" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="0" t="inlineStr">
         <is>
-          <t>3809WB</t>
+          <t>1005WB</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Aquaphor International OU</t>
+          <t>Appleby Jewellers Ltd</t>
         </is>
       </c>
       <c r="C190" s="0"/>
       <c r="D190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y190" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="0" t="inlineStr">
         <is>
-          <t>1444W</t>
+          <t>4216B</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Aquasource Distributors Ltd</t>
+          <t>Appliance Development Services Ltd</t>
         </is>
       </c>
       <c r="C191" s="0"/>
       <c r="D191" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X191" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>1061W</t>
+          <t>2655W</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Aquatec</t>
+          <t>Appliance House Ltd</t>
         </is>
       </c>
       <c r="C192" s="0"/>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P192" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q192" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R192" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S192" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T192" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U192" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V192" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X192" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>1657WB</t>
+          <t>246WB</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Aquawatch Ltd</t>
+          <t>Appliance Sales &amp; Distribution Ltd</t>
         </is>
       </c>
       <c r="C193" s="0"/>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
@@ -22958,452 +23924,472 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T193" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U193" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V193" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W193" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X193" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y193" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="0" t="inlineStr">
         <is>
-          <t>650WB</t>
+          <t>1009WB</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Aquilant Medical (ROI) Ltd</t>
+          <t>Appliance Technology Ltd</t>
         </is>
       </c>
       <c r="C194" s="0"/>
       <c r="D194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X194" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>2853BT</t>
+          <t>1434W</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Ara Motors Azrb Ltd</t>
+          <t>Applied Lighting</t>
         </is>
       </c>
       <c r="C195" s="0"/>
       <c r="D195" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y195" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="0" t="inlineStr">
         <is>
-          <t>564W</t>
+          <t>4749W</t>
         </is>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Arc Tec Welding Ltd</t>
+          <t>Applied Medical Ireland Ltd</t>
         </is>
       </c>
       <c r="C196" s="0"/>
       <c r="D196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y196" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="0" t="inlineStr">
         <is>
-          <t>3494WB</t>
+          <t>3564T</t>
         </is>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Arccos Golf B.V.</t>
+          <t>Applus Inspection Services Ireland Ltd</t>
         </is>
       </c>
       <c r="C197" s="0"/>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
@@ -23415,835 +24401,866 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y197" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="0" t="inlineStr">
         <is>
-          <t>3632W</t>
+          <t>3364WB</t>
         </is>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>Archilux Lighting Ltd</t>
+          <t>Apption Labs GmbH</t>
         </is>
       </c>
       <c r="C198" s="0"/>
       <c r="D198" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y198" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="0" t="inlineStr">
         <is>
-          <t>1651WB</t>
+          <t>4734WB</t>
         </is>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Arco Safety Ltd</t>
-[...2 lines deleted...]
-      <c r="C199" s="0"/>
+          <t>Aqara LLC</t>
+        </is>
+      </c>
+      <c r="C199" s="0" t="inlineStr">
+        <is>
+          <t>Aqara</t>
+        </is>
+      </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X199" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="0" t="inlineStr">
         <is>
-          <t>2567WB</t>
+          <t>3809WB</t>
         </is>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Ardam Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Aquaphor International OU</t>
+        </is>
+      </c>
+      <c r="C200" s="0"/>
       <c r="D200" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y200" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="0" t="inlineStr">
         <is>
-          <t>2340T</t>
+          <t>1444W</t>
         </is>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Ardara Autoparts &amp; Graphics Ltd</t>
+          <t>Aquasource Distributors Ltd</t>
         </is>
       </c>
       <c r="C201" s="0"/>
       <c r="D201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y201" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="0" t="inlineStr">
         <is>
-          <t>1653WB</t>
+          <t>1061W</t>
         </is>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Ardilaun Electrical Services Ltd</t>
+          <t>Aquatec</t>
         </is>
       </c>
       <c r="C202" s="0"/>
       <c r="D202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X202" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y202" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="0" t="inlineStr">
         <is>
-          <t>295WB</t>
+          <t>1657WB</t>
         </is>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Argos Distributors (Ireland) Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Aquawatch Ltd</t>
+        </is>
+      </c>
+      <c r="C203" s="0"/>
       <c r="D203" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y203" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="0" t="inlineStr">
         <is>
-          <t>1976WB</t>
+          <t>650WB</t>
         </is>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Arista Networks Ltd</t>
+          <t>Aquilant Medical (ROI) Ltd</t>
         </is>
       </c>
       <c r="C204" s="0"/>
       <c r="D204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -24274,212 +25291,222 @@
           <t>YES</t>
         </is>
       </c>
       <c r="O204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y204" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="0" t="inlineStr">
         <is>
-          <t>1885W</t>
+          <t>2853BT</t>
         </is>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Aristospray UK</t>
+          <t>Ara Motors Azrb Ltd</t>
         </is>
       </c>
       <c r="C205" s="0"/>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N205" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O205" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P205" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q205" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R205" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S205" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T205" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U205" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V205" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W205" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X205" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y205" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="0" t="inlineStr">
         <is>
-          <t>313WB</t>
+          <t>564W</t>
         </is>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Arjo (Ireland) Ltd</t>
+          <t>Arc Tec Welding Ltd</t>
         </is>
       </c>
       <c r="C206" s="0"/>
       <c r="D206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -24534,95 +25561,100 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X206" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="0" t="inlineStr">
         <is>
-          <t>3301W</t>
+          <t>3494WB</t>
         </is>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Arklow Electrical Wholesalers Ltd</t>
+          <t>Arccos Golf B.V.</t>
         </is>
       </c>
       <c r="C207" s="0"/>
       <c r="D207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -24652,894 +25684,938 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X207" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="0" t="inlineStr">
         <is>
-          <t>684WB</t>
+          <t>3632W</t>
         </is>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Arkphire Ireland Ltd</t>
+          <t>Archilux Lighting Ltd</t>
         </is>
       </c>
       <c r="C208" s="0"/>
       <c r="D208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y208" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="0" t="inlineStr">
         <is>
-          <t>2629WB</t>
+          <t>1651WB</t>
         </is>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Arlo Technologies International Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Arco Safety Ltd</t>
+        </is>
+      </c>
+      <c r="C209" s="0"/>
       <c r="D209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X209" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y209" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="0" t="inlineStr">
         <is>
-          <t>1257B</t>
+          <t>2567WB</t>
         </is>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Armalou Ltd</t>
-[...2 lines deleted...]
-      <c r="C210" s="0"/>
+          <t>Ardam Ltd</t>
+        </is>
+      </c>
+      <c r="C210" s="0" t="inlineStr">
+        <is>
+          <t>Atlantic IT</t>
+        </is>
+      </c>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V210" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W210" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X210" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y210" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="0" t="inlineStr">
         <is>
-          <t>439WB</t>
+          <t>2340T</t>
         </is>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Armstrong Electronics Ltd</t>
+          <t>Ardara Autoparts &amp; Graphics Ltd</t>
         </is>
       </c>
       <c r="C211" s="0"/>
       <c r="D211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y211" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="0" t="inlineStr">
         <is>
-          <t>3818W</t>
+          <t>1653WB</t>
         </is>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>ARNO GmbH</t>
+          <t>Ardilaun Electrical Services Ltd</t>
         </is>
       </c>
       <c r="C212" s="0"/>
       <c r="D212" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W212" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X212" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y212" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="0" t="inlineStr">
         <is>
-          <t>3803W</t>
+          <t>295WB</t>
         </is>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Arnold &amp; Richter Cine Technik GmbH &amp; Co. Betriebs KG</t>
-[...2 lines deleted...]
-      <c r="C213" s="0"/>
+          <t>Argos Distributors (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C213" s="0" t="inlineStr">
+        <is>
+          <t>Argos</t>
+        </is>
+      </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y213" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="0" t="inlineStr">
         <is>
-          <t>4319WB</t>
+          <t>1976WB</t>
         </is>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Aroha Electronics Ltd</t>
+          <t>Arista Networks Ltd</t>
         </is>
       </c>
       <c r="C214" s="0"/>
       <c r="D214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y214" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="0" t="inlineStr">
         <is>
-          <t>256WB</t>
+          <t>1885W</t>
         </is>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Arqiva Ltd</t>
+          <t>Aristospray UK</t>
         </is>
       </c>
       <c r="C215" s="0"/>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
@@ -25551,359 +26627,370 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y215" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="0" t="inlineStr">
         <is>
-          <t>2415T</t>
+          <t>313WB</t>
         </is>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Arra Tyres Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Arjo (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C216" s="0"/>
       <c r="D216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y216" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="0" t="inlineStr">
         <is>
-          <t>2067WB</t>
+          <t>3301W</t>
         </is>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Arrow Central Europe GmbH</t>
+          <t>Arklow Electrical Wholesalers Ltd</t>
         </is>
       </c>
       <c r="C217" s="0"/>
       <c r="D217" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P217" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q217" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R217" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S217" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T217" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U217" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V217" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W217" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X217" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y217" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="0" t="inlineStr">
         <is>
-          <t>1593W</t>
+          <t>684WB</t>
         </is>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Arrow ECS (Ireland) Ltd</t>
+          <t>Arkphire Ireland Ltd</t>
         </is>
       </c>
       <c r="C218" s="0"/>
       <c r="D218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -25949,709 +27036,743 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y218" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="0" t="inlineStr">
         <is>
-          <t>828WB</t>
+          <t>2629WB</t>
         </is>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Arrow Emergency Lighting Ltd</t>
-[...2 lines deleted...]
-      <c r="C219" s="0"/>
+          <t>Arlo Technologies International Ltd</t>
+        </is>
+      </c>
+      <c r="C219" s="0" t="inlineStr">
+        <is>
+          <t>Arlo</t>
+        </is>
+      </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y219" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="0" t="inlineStr">
         <is>
-          <t>3119BT</t>
+          <t>1257B</t>
         </is>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Arthur Auto Sales Ltd</t>
+          <t>Armalou Ltd</t>
         </is>
       </c>
       <c r="C220" s="0"/>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K220" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N220" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O220" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P220" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q220" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R220" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S220" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T220" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U220" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V220" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W220" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X220" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y220" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="0" t="inlineStr">
         <is>
-          <t>2048WB</t>
+          <t>439WB</t>
         </is>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Aruana Consulting Ltd</t>
+          <t>Armstrong Electronics Ltd</t>
         </is>
       </c>
       <c r="C221" s="0"/>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y221" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="0" t="inlineStr">
         <is>
-          <t>1755WB</t>
+          <t>3818W</t>
         </is>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>Arvato SCM Ireland Ltd</t>
+          <t>ARNO GmbH</t>
         </is>
       </c>
       <c r="C222" s="0"/>
       <c r="D222" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E222" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F222" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H222" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I222" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X222" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="0" t="inlineStr">
         <is>
-          <t>720W</t>
+          <t>3803W</t>
         </is>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>Aryzta Food Solutions Ireland UC</t>
+          <t>Arnold &amp; Richter Cine Technik GmbH &amp; Co. Betriebs KG</t>
         </is>
       </c>
       <c r="C223" s="0"/>
       <c r="D223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y223" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="0" t="inlineStr">
         <is>
-          <t>2261T</t>
+          <t>4319WB</t>
         </is>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>As New Tyres</t>
+          <t>Aroha Electronics Ltd</t>
         </is>
       </c>
       <c r="C224" s="0"/>
       <c r="D224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M224" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N224" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O224" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P224" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q224" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -26666,1152 +27787,1206 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T224" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U224" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V224" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W224" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X224" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y224" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="0" t="inlineStr">
         <is>
-          <t>3642WB</t>
+          <t>256WB</t>
         </is>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>Asahi Kasei Bioprocess Europe S.A./N.V.</t>
+          <t>Arqiva Ltd</t>
         </is>
       </c>
       <c r="C225" s="0"/>
       <c r="D225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V225" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W225" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X225" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y225" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="0" t="inlineStr">
         <is>
-          <t>552WB</t>
+          <t>2415T</t>
         </is>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>Asbis Ltd</t>
-[...2 lines deleted...]
-      <c r="C226" s="0"/>
+          <t>Arra Tyres Ltd</t>
+        </is>
+      </c>
+      <c r="C226" s="0" t="inlineStr">
+        <is>
+          <t>Nenagh Tyre Centre</t>
+        </is>
+      </c>
       <c r="D226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="0" t="inlineStr">
         <is>
-          <t>3810WB</t>
+          <t>2067WB</t>
         </is>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
-          <t>ASBISc Enterprises PLC</t>
+          <t>Arrow Central Europe GmbH</t>
         </is>
       </c>
       <c r="C227" s="0"/>
       <c r="D227" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E227" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="F227" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H227" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q227" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R227" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S227" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T227" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U227" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V227" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W227" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X227" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y227" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="0" t="inlineStr">
         <is>
-          <t>3501W</t>
+          <t>1593W</t>
         </is>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
-          <t>Ascent Information Technology Ltd</t>
+          <t>Arrow ECS (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C228" s="0"/>
       <c r="D228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E228" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F228" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H228" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I228" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J228" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K228" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L228" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M228" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N228" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O228" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P228" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q228" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R228" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S228" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T228" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U228" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V228" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W228" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X228" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="0" t="inlineStr">
         <is>
-          <t>3804WB</t>
+          <t>828WB</t>
         </is>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
-          <t>ASCI Service GmbH</t>
+          <t>Arrow Emergency Lighting Ltd</t>
         </is>
       </c>
       <c r="C229" s="0"/>
       <c r="D229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E229" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F229" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y229" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="0" t="inlineStr">
         <is>
-          <t>3723W</t>
+          <t>3119BT</t>
         </is>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
-          <t>ASD Lighting PLC</t>
+          <t>Arthur Auto Sales Ltd</t>
         </is>
       </c>
       <c r="C230" s="0"/>
       <c r="D230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y230" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="0" t="inlineStr">
         <is>
-          <t>3670W</t>
+          <t>4655WB</t>
         </is>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
-          <t>Asetek Danmark A/S</t>
+          <t>Artic GmbH</t>
         </is>
       </c>
       <c r="C231" s="0"/>
       <c r="D231" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="O231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="P231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="Q231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y231" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="0" t="inlineStr">
         <is>
-          <t>490W</t>
+          <t>2048WB</t>
         </is>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
-          <t>Ash Technologies Ltd</t>
+          <t>Aruana Consulting Ltd</t>
         </is>
       </c>
       <c r="C232" s="0"/>
       <c r="D232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N232" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O232" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X232" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y232" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="0" t="inlineStr">
         <is>
-          <t>2452T</t>
+          <t>1755WB</t>
         </is>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
-          <t>Ashbourne Tyre Centre Ltd</t>
+          <t>Arvato SCM Ireland Ltd</t>
         </is>
       </c>
       <c r="C233" s="0"/>
       <c r="D233" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H233" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I233" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J233" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K233" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L233" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M233" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N233" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O233" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P233" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q233" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R233" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S233" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T233" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U233" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V233" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W233" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X233" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y233" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="0" t="inlineStr">
         <is>
-          <t>1349B</t>
+          <t>720W</t>
         </is>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
-          <t>Ashgrove Interparts Ltd</t>
+          <t>Aryzta Food Solutions Ireland UC</t>
         </is>
       </c>
       <c r="C234" s="0"/>
       <c r="D234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -27837,309 +29012,324 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="0" t="inlineStr">
         <is>
-          <t>436W</t>
+          <t>2261T</t>
         </is>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
-          <t>Ashmore Millington and McCormick Ltd</t>
+          <t>As New Tyres</t>
         </is>
       </c>
       <c r="C235" s="0"/>
       <c r="D235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S235" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y235" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="0" t="inlineStr">
         <is>
-          <t>3952W</t>
+          <t>3642WB</t>
         </is>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
-          <t>ASK4 Ireland Ltd</t>
+          <t>Asahi Kasei Bioprocess Europe S.A./N.V.</t>
         </is>
       </c>
       <c r="C236" s="0"/>
       <c r="D236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N236" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O236" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P236" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q236" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R236" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S236" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T236" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U236" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V236" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W236" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X236" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y236" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="0" t="inlineStr">
         <is>
-          <t>2113W</t>
+          <t>552WB</t>
         </is>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
-          <t>Askey Computer Corp.</t>
+          <t>Asbis Ltd</t>
         </is>
       </c>
       <c r="C237" s="0"/>
       <c r="D237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H237" s="0" t="inlineStr">
         <is>
@@ -28151,718 +29341,744 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y237" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="0" t="inlineStr">
         <is>
-          <t>261WB</t>
+          <t>3810WB</t>
         </is>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
-          <t>ASL Appliances Ltd</t>
+          <t>ASBISc Enterprises PLC</t>
         </is>
       </c>
       <c r="C238" s="0"/>
       <c r="D238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q238" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R238" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S238" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T238" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U238" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V238" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W238" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X238" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y238" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="0" t="inlineStr">
         <is>
-          <t>3830WB</t>
+          <t>3501W</t>
         </is>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
-          <t>ASMPT GmbH &amp; Co. KG</t>
+          <t>Ascent Information Technology Ltd</t>
         </is>
       </c>
       <c r="C239" s="0"/>
       <c r="D239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S239" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T239" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U239" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V239" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W239" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X239" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y239" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="0" t="inlineStr">
         <is>
-          <t>2004WB</t>
+          <t>3804WB</t>
         </is>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
-          <t>ASOS.com Ltd</t>
+          <t>ASCI Service GmbH</t>
         </is>
       </c>
       <c r="C240" s="0"/>
       <c r="D240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y240" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="0" t="inlineStr">
         <is>
-          <t>1699W</t>
+          <t>3723W</t>
         </is>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
-          <t>Aspect Software Ireland Ltd</t>
+          <t>ASD Lighting PLC</t>
         </is>
       </c>
       <c r="C241" s="0"/>
       <c r="D241" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E241" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X241" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="0" t="inlineStr">
         <is>
-          <t>1783W</t>
+          <t>3670W</t>
         </is>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
-          <t>Associated Catering Equipment Ltd</t>
+          <t>Asetek Danmark A/S</t>
         </is>
       </c>
       <c r="C242" s="0"/>
       <c r="D242" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E242" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F242" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G242" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H242" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R242" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S242" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T242" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U242" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V242" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W242" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X242" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y242" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="0" t="inlineStr">
         <is>
-          <t>1656WB</t>
+          <t>490W</t>
         </is>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
-          <t>Associated Hardware PLC</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ash Technologies Ltd</t>
+        </is>
+      </c>
+      <c r="C243" s="0"/>
       <c r="D243" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E243" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -28912,536 +30128,561 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X243" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="0" t="inlineStr">
         <is>
-          <t>3034WB</t>
+          <t>2452T</t>
         </is>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
-          <t>Astarri A/S</t>
+          <t>Ashbourne Tyre Centre Ltd</t>
         </is>
       </c>
       <c r="C244" s="0"/>
       <c r="D244" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K244" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L244" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M244" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N244" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O244" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X244" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="0" t="inlineStr">
         <is>
-          <t>4484WB</t>
+          <t>1349B</t>
         </is>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
-          <t>Astatine Ltd</t>
+          <t>Ashgrove Interparts Ltd</t>
         </is>
       </c>
       <c r="C245" s="0"/>
       <c r="D245" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E245" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F245" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X245" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y245" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="0" t="inlineStr">
         <is>
-          <t>3075WB</t>
+          <t>436W</t>
         </is>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
-          <t>Astral Healthcare Ltd</t>
+          <t>Ashmore Millington and McCormick Ltd</t>
         </is>
       </c>
       <c r="C246" s="0"/>
       <c r="D246" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y246" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="0" t="inlineStr">
         <is>
-          <t>3853W</t>
+          <t>3952W</t>
         </is>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
-          <t>Astronergy Europe GmbH</t>
+          <t>ASK4 Ireland Ltd</t>
         </is>
       </c>
       <c r="C247" s="0"/>
       <c r="D247" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E247" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="O247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X247" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y247" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="0" t="inlineStr">
         <is>
-          <t>259W</t>
+          <t>2113W</t>
         </is>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
-          <t>Astrotek Ireland Ltd</t>
+          <t>Askey Computer Corp.</t>
         </is>
       </c>
       <c r="C248" s="0"/>
       <c r="D248" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E248" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F248" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G248" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H248" s="0" t="inlineStr">
         <is>
@@ -29458,236 +30699,242 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K248" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L248" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M248" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N248" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y248" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="0" t="inlineStr">
         <is>
-          <t>2931WB</t>
+          <t>261WB</t>
         </is>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
-          <t>Async Technologies Ltd</t>
+          <t>ASL Appliances Ltd</t>
         </is>
       </c>
       <c r="C249" s="0"/>
       <c r="D249" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E249" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F249" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G249" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H249" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I249" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J249" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X249" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y249" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="0" t="inlineStr">
         <is>
-          <t>1936W</t>
+          <t>3830WB</t>
         </is>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
-          <t>AT &amp; T Global Network Services Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>ASMPT GmbH &amp; Co. KG</t>
+        </is>
+      </c>
+      <c r="C250" s="0"/>
       <c r="D250" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -29703,109 +30950,114 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T250" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U250" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V250" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W250" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X250" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y250" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="0" t="inlineStr">
         <is>
-          <t>509W</t>
+          <t>2004WB</t>
         </is>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
-          <t>ATEX Ltd</t>
+          <t>ASOS.com Ltd</t>
         </is>
       </c>
       <c r="C251" s="0"/>
       <c r="D251" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -29860,303 +31112,322 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X251" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="0" t="inlineStr">
         <is>
-          <t>803W</t>
+          <t>1699W</t>
         </is>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
-          <t>Atlantic Digisat Ltd</t>
+          <t>Aspect Software Ireland Ltd</t>
         </is>
       </c>
       <c r="C252" s="0"/>
       <c r="D252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y252" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="0" t="inlineStr">
         <is>
-          <t>264WB</t>
+          <t>1783W</t>
         </is>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
-          <t>Atlantic Home Care Ltd</t>
+          <t>Associated Catering Equipment Ltd</t>
         </is>
       </c>
       <c r="C253" s="0"/>
       <c r="D253" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E253" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F253" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G253" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J253" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K253" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L253" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M253" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N253" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O253" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P253" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q253" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R253" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y253" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="0" t="inlineStr">
         <is>
-          <t>1580WB</t>
+          <t>1656WB</t>
         </is>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
-          <t>Atlantic Surgical Ltd</t>
-[...2 lines deleted...]
-      <c r="C254" s="0"/>
+          <t>Associated Hardware PLC</t>
+        </is>
+      </c>
+      <c r="C254" s="0" t="inlineStr">
+        <is>
+          <t>AHL</t>
+        </is>
+      </c>
       <c r="D254" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E254" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F254" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
@@ -30200,89 +31471,94 @@
           <t>YES</t>
         </is>
       </c>
       <c r="Q254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y254" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="0" t="inlineStr">
         <is>
-          <t>2550WB</t>
+          <t>3034WB</t>
         </is>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
-          <t>Atlantic Therapeutics Ltd</t>
+          <t>Astarri A/S</t>
         </is>
       </c>
       <c r="C255" s="0"/>
       <c r="D255" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E255" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F255" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G255" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H255" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I255" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J255" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -30332,110 +31608,115 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T255" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U255" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V255" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W255" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X255" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y255" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="0" t="inlineStr">
         <is>
-          <t>2313T</t>
+          <t>4484WB</t>
         </is>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
-          <t>Atlas Autoservice Management Services Ltd</t>
+          <t>Astatine Ltd</t>
         </is>
       </c>
       <c r="C256" s="0"/>
       <c r="D256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M256" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N256" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O256" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P256" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q256" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -30450,542 +31731,571 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T256" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U256" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V256" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W256" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X256" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y256" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="0" t="inlineStr">
         <is>
-          <t>2773BT</t>
+          <t>3075WB</t>
         </is>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
-          <t>Audi Athlone (Michael Moore) Ltd</t>
+          <t>Astral Healthcare Ltd</t>
         </is>
       </c>
       <c r="C257" s="0"/>
       <c r="D257" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E257" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K257" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L257" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M257" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N257" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O257" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P257" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q257" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R257" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S257" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T257" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U257" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V257" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W257" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X257" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y257" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="0" t="inlineStr">
         <is>
-          <t>2105WB</t>
+          <t>3853W</t>
         </is>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
-          <t>Audi-Lab Hearing Specialists Ltd</t>
+          <t>Astronergy Europe GmbH</t>
         </is>
       </c>
       <c r="C258" s="0"/>
       <c r="D258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E258" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F258" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S258" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T258" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U258" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V258" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W258" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X258" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y258" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="0" t="inlineStr">
         <is>
-          <t>1044W</t>
+          <t>259W</t>
         </is>
       </c>
       <c r="B259" s="0" t="inlineStr">
         <is>
-          <t>Audio City Ltd</t>
+          <t>Astrotek Ireland Ltd</t>
         </is>
       </c>
       <c r="C259" s="0"/>
       <c r="D259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L259" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M259" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N259" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O259" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P259" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q259" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R259" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S259" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T259" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U259" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V259" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W259" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X259" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y259" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="0" t="inlineStr">
         <is>
-          <t>108WB</t>
+          <t>2931WB</t>
         </is>
       </c>
       <c r="B260" s="0" t="inlineStr">
         <is>
-          <t>Audio Vision Import</t>
+          <t>Async Technologies Ltd</t>
         </is>
       </c>
       <c r="C260" s="0"/>
       <c r="D260" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E260" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F260" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G260" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H260" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I260" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J260" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K260" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L260" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M260" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N260" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O260" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P260" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q260" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R260" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S260" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T260" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U260" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V260" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W260" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X260" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y260" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="0" t="inlineStr">
         <is>
-          <t>3282W</t>
+          <t>1936W</t>
         </is>
       </c>
       <c r="B261" s="0" t="inlineStr">
         <is>
-          <t>Audio Visual Installation Ltd</t>
-[...2 lines deleted...]
-      <c r="C261" s="0"/>
+          <t>AT &amp; T Global Network Services Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C261" s="0" t="inlineStr">
+        <is>
+          <t>AT&amp;T</t>
+        </is>
+      </c>
       <c r="D261" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -31001,109 +32311,114 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P261" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X261" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="0" t="inlineStr">
         <is>
-          <t>633W</t>
+          <t>509W</t>
         </is>
       </c>
       <c r="B262" s="0" t="inlineStr">
         <is>
-          <t>Audio Warehouse Ltd</t>
+          <t>ATEX Ltd</t>
         </is>
       </c>
       <c r="C262" s="0"/>
       <c r="D262" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E262" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F262" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G262" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H262" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I262" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -31158,679 +32473,705 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T262" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U262" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V262" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W262" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X262" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y262" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="0" t="inlineStr">
         <is>
-          <t>3660WB</t>
+          <t>803W</t>
         </is>
       </c>
       <c r="B263" s="0" t="inlineStr">
         <is>
-          <t>Audio-Technica Ltd.-Dutch Branch</t>
-[...6 lines deleted...]
-      </c>
+          <t>Atlantic Digisat Ltd</t>
+        </is>
+      </c>
+      <c r="C263" s="0"/>
       <c r="D263" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E263" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F263" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X263" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y263" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="0" t="inlineStr">
         <is>
-          <t>1407W</t>
+          <t>264WB</t>
         </is>
       </c>
       <c r="B264" s="0" t="inlineStr">
         <is>
-          <t>Aurora Borealis Distribution Ltd</t>
+          <t>Atlantic Home Care Ltd</t>
         </is>
       </c>
       <c r="C264" s="0"/>
       <c r="D264" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E264" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F264" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G264" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H264" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I264" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J264" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K264" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L264" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M264" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N264" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O264" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P264" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q264" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R264" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S264" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T264" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U264" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V264" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W264" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X264" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="0" t="inlineStr">
         <is>
-          <t>1868WB</t>
+          <t>1580WB</t>
         </is>
       </c>
       <c r="B265" s="0" t="inlineStr">
         <is>
-          <t>Aurora Lighting Ltd</t>
+          <t>Atlantic Surgical Ltd</t>
         </is>
       </c>
       <c r="C265" s="0"/>
       <c r="D265" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E265" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F265" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G265" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P265" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q265" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R265" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S265" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T265" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U265" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V265" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W265" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X265" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y265" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="0" t="inlineStr">
         <is>
-          <t>4245WB</t>
+          <t>2550WB</t>
         </is>
       </c>
       <c r="B266" s="0" t="inlineStr">
         <is>
-          <t>Ausek Ltd</t>
+          <t>Atlantic Therapeutics Ltd</t>
         </is>
       </c>
       <c r="C266" s="0"/>
       <c r="D266" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X266" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y266" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="0" t="inlineStr">
         <is>
-          <t>752W</t>
+          <t>2313T</t>
         </is>
       </c>
       <c r="B267" s="0" t="inlineStr">
         <is>
-          <t>Austral Electrical Distributors Ltd</t>
+          <t>Atlas Autoservice Management Services Ltd</t>
         </is>
       </c>
       <c r="C267" s="0"/>
       <c r="D267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W267" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X267" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y267" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="0" t="inlineStr">
         <is>
-          <t>3065B</t>
+          <t>2773BT</t>
         </is>
       </c>
       <c r="B268" s="0" t="inlineStr">
         <is>
-          <t>Auto Body Craft Ltd</t>
+          <t>Audi Athlone (Michael Moore) Ltd</t>
         </is>
       </c>
       <c r="C268" s="0"/>
       <c r="D268" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E268" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F268" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G268" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -31861,98 +33202,99 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R268" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S268" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T268" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U268" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V268" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W268" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X268" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y268" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="0" t="inlineStr">
         <is>
-          <t>1218B</t>
+          <t>2105WB</t>
         </is>
       </c>
       <c r="B269" s="0" t="inlineStr">
         <is>
-          <t>Auto Diesel Electric Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Audi-Lab Hearing Specialists Ltd</t>
+        </is>
+      </c>
+      <c r="C269" s="0"/>
       <c r="D269" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E269" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F269" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G269" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H269" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I269" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J269" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K269" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L269" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -31973,601 +33315,630 @@
           <t>YES</t>
         </is>
       </c>
       <c r="P269" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q269" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R269" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S269" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V269" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W269" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X269" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y269" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="0" t="inlineStr">
         <is>
-          <t>3265WB</t>
+          <t>1044W</t>
         </is>
       </c>
       <c r="B270" s="0" t="inlineStr">
         <is>
-          <t>Auto Gate &amp; Door Systems Ltd</t>
+          <t>Audio City Ltd</t>
         </is>
       </c>
       <c r="C270" s="0"/>
       <c r="D270" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E270" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F270" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G270" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H270" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X270" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y270" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="0" t="inlineStr">
         <is>
-          <t>2814T</t>
+          <t>108WB</t>
         </is>
       </c>
       <c r="B271" s="0" t="inlineStr">
         <is>
-          <t>Auto Moto Garage Ltd</t>
+          <t>Audio Vision Import</t>
         </is>
       </c>
       <c r="C271" s="0"/>
       <c r="D271" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E271" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F271" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G271" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H271" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I271" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J271" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X271" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y271" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="0" t="inlineStr">
         <is>
-          <t>2524T</t>
+          <t>3282W</t>
         </is>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
-          <t>Auto Moto Repair</t>
+          <t>Audio Visual Installation Ltd</t>
         </is>
       </c>
       <c r="C272" s="0"/>
       <c r="D272" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E272" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F272" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G272" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H272" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I272" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J272" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K272" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L272" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M272" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N272" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O272" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P272" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X272" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="0" t="inlineStr">
         <is>
-          <t>1500B</t>
+          <t>633W</t>
         </is>
       </c>
       <c r="B273" s="0" t="inlineStr">
         <is>
-          <t>Auto Power Ltd</t>
+          <t>Audio Warehouse Ltd</t>
         </is>
       </c>
       <c r="C273" s="0"/>
       <c r="D273" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E273" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T273" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U273" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V273" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W273" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X273" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y273" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="0" t="inlineStr">
         <is>
-          <t>2859T</t>
+          <t>3660WB</t>
         </is>
       </c>
       <c r="B274" s="0" t="inlineStr">
         <is>
-          <t>Auto Vision Ltd</t>
-[...2 lines deleted...]
-      <c r="C274" s="0"/>
+          <t>Audio-Technica Ltd.-Dutch Branch</t>
+        </is>
+      </c>
+      <c r="C274" s="0" t="inlineStr">
+        <is>
+          <t>Audio-Technica Ltd.-Dutch Branch</t>
+        </is>
+      </c>
       <c r="D274" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E274" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F274" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G274" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H274" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I274" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J274" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K274" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L274" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -32582,692 +33953,714 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X274" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="0" t="inlineStr">
         <is>
-          <t>3539WB</t>
+          <t>1407W</t>
         </is>
       </c>
       <c r="B275" s="0" t="inlineStr">
         <is>
-          <t>Autodoc AG</t>
+          <t>Aurora Borealis Distribution Ltd</t>
         </is>
       </c>
       <c r="C275" s="0"/>
       <c r="D275" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E275" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F275" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G275" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U275" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V275" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W275" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X275" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y275" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="0" t="inlineStr">
         <is>
-          <t>2590T</t>
+          <t>1868WB</t>
         </is>
       </c>
       <c r="B276" s="0" t="inlineStr">
         <is>
-          <t>Autofast Fit Ltd</t>
+          <t>Aurora Lighting Ltd</t>
         </is>
       </c>
       <c r="C276" s="0"/>
       <c r="D276" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E276" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F276" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G276" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H276" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I276" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J276" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K276" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L276" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q276" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R276" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S276" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T276" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U276" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V276" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W276" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X276" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y276" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="0" t="inlineStr">
         <is>
-          <t>2391T</t>
+          <t>4245WB</t>
         </is>
       </c>
       <c r="B277" s="0" t="inlineStr">
         <is>
-          <t>Autogrill Motors Ltd</t>
+          <t>Ausek Ltd</t>
         </is>
       </c>
       <c r="C277" s="0"/>
       <c r="D277" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E277" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F277" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G277" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H277" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I277" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J277" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K277" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L277" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M277" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N277" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O277" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P277" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q277" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R277" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S277" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T277" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U277" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V277" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W277" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X277" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y277" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="0" t="inlineStr">
         <is>
-          <t>558W</t>
+          <t>752W</t>
         </is>
       </c>
       <c r="B278" s="0" t="inlineStr">
         <is>
-          <t>Automated Technical Controls Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Austral Electrical Distributors Ltd</t>
+        </is>
+      </c>
+      <c r="C278" s="0"/>
       <c r="D278" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X278" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y278" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="0" t="inlineStr">
         <is>
-          <t>558WB</t>
+          <t>3065B</t>
         </is>
       </c>
       <c r="B279" s="0" t="inlineStr">
         <is>
-          <t>Automated Technical Controls Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Auto Body Craft Ltd</t>
+        </is>
+      </c>
+      <c r="C279" s="0"/>
       <c r="D279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I279" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J279" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K279" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L279" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M279" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N279" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X279" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y279" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="0" t="inlineStr">
         <is>
-          <t>1185W</t>
+          <t>1218B</t>
         </is>
       </c>
       <c r="B280" s="0" t="inlineStr">
         <is>
-          <t>Automatic Amusements Ltd</t>
+          <t>Auto Diesel Electric Ltd</t>
         </is>
       </c>
       <c r="C280" s="0" t="inlineStr">
         <is>
-          <t>Mood Master</t>
+          <t>ADE</t>
         </is>
       </c>
       <c r="D280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I280" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J280" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K280" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L280" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M280" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -33298,363 +34691,370 @@
           <t>YES</t>
         </is>
       </c>
       <c r="S280" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T280" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U280" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V280" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y280" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="0" t="inlineStr">
         <is>
-          <t>1289WB</t>
+          <t>3265WB</t>
         </is>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
-          <t>Automatic Identification Systems Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Auto Gate &amp; Door Systems Ltd</t>
+        </is>
+      </c>
+      <c r="C281" s="0"/>
       <c r="D281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E281" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F281" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G281" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H281" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I281" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y281" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="0" t="inlineStr">
         <is>
-          <t>3460BT</t>
+          <t>2814T</t>
         </is>
       </c>
       <c r="B282" s="0" t="inlineStr">
         <is>
-          <t>Automatic Motor Car Centre</t>
+          <t>Auto Moto Garage Ltd</t>
         </is>
       </c>
       <c r="C282" s="0"/>
       <c r="D282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G282" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U282" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V282" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W282" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X282" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y282" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="0" t="inlineStr">
         <is>
-          <t>3342WB</t>
+          <t>2524T</t>
         </is>
       </c>
       <c r="B283" s="0" t="inlineStr">
         <is>
-          <t>Automatic Sprinkler Company (Ireland) Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Auto Moto Repair</t>
+        </is>
+      </c>
+      <c r="C283" s="0"/>
       <c r="D283" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E283" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F283" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G283" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H283" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I283" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J283" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N283" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O283" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P283" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q283" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R283" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -33664,688 +35064,714 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T283" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U283" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V283" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W283" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X283" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y283" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="0" t="inlineStr">
         <is>
-          <t>2829W</t>
+          <t>1500B</t>
         </is>
       </c>
       <c r="B284" s="0" t="inlineStr">
         <is>
-          <t>Automation Engineering Inc</t>
+          <t>Auto Power Ltd</t>
         </is>
       </c>
       <c r="C284" s="0"/>
       <c r="D284" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E284" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F284" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G284" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H284" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I284" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J284" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V284" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W284" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X284" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y284" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="0" t="inlineStr">
         <is>
-          <t>2752W</t>
+          <t>2859T</t>
         </is>
       </c>
       <c r="B285" s="0" t="inlineStr">
         <is>
-          <t>Automation Supplies Ltd</t>
+          <t>Auto Vision Ltd</t>
         </is>
       </c>
       <c r="C285" s="0"/>
       <c r="D285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E285" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F285" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G285" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H285" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I285" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J285" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K285" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S285" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T285" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U285" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V285" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W285" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X285" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y285" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="0" t="inlineStr">
         <is>
-          <t>2916B</t>
+          <t>3539WB</t>
         </is>
       </c>
       <c r="B286" s="0" t="inlineStr">
         <is>
-          <t>Automobile Power Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Autodoc AG</t>
+        </is>
+      </c>
+      <c r="C286" s="0"/>
       <c r="D286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E286" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F286" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G286" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H286" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U286" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V286" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W286" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X286" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y286" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="0" t="inlineStr">
         <is>
-          <t>3008BT</t>
+          <t>2590T</t>
         </is>
       </c>
       <c r="B287" s="0" t="inlineStr">
         <is>
-          <t>Autostop</t>
+          <t>Autofast Fit Ltd</t>
         </is>
       </c>
       <c r="C287" s="0"/>
       <c r="D287" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E287" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F287" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G287" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H287" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I287" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J287" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X287" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y287" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="0" t="inlineStr">
         <is>
-          <t>3195T</t>
+          <t>2391T</t>
         </is>
       </c>
       <c r="B288" s="0" t="inlineStr">
         <is>
-          <t>Autoteile Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Autogrill Motors Ltd</t>
+        </is>
+      </c>
+      <c r="C288" s="0"/>
       <c r="D288" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E288" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F288" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G288" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H288" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I288" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J288" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K288" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L288" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M288" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N288" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O288" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P288" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q288" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R288" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S288" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T288" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U288" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V288" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W288" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X288" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y288" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="0" t="inlineStr">
         <is>
-          <t>1292WB</t>
+          <t>558WB</t>
         </is>
       </c>
       <c r="B289" s="0" t="inlineStr">
         <is>
-          <t>AVA Systems Ltd</t>
-[...2 lines deleted...]
-      <c r="C289" s="0"/>
+          <t>Automated Technical Controls Ltd</t>
+        </is>
+      </c>
+      <c r="C289" s="0" t="inlineStr">
+        <is>
+          <t>ATC</t>
+        </is>
+      </c>
       <c r="D289" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E289" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F289" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G289" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H289" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -34371,88 +35797,93 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V289" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X289" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y289" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="0" t="inlineStr">
         <is>
-          <t>4412WB</t>
+          <t>558W</t>
         </is>
       </c>
       <c r="B290" s="0" t="inlineStr">
         <is>
-          <t>Avantree Limited </t>
+          <t>Automated Technical Controls Ltd</t>
         </is>
       </c>
       <c r="C290" s="0" t="inlineStr">
         <is>
-          <t>Avantree Limited </t>
+          <t>ATC</t>
         </is>
       </c>
       <c r="D290" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F290" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G290" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H290" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I290" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J290" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -34502,70 +35933,79 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T290" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U290" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V290" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W290" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X290" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y290" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="0" t="inlineStr">
         <is>
-          <t>379WB</t>
+          <t>1185W</t>
         </is>
       </c>
       <c r="B291" s="0" t="inlineStr">
         <is>
-          <t>Avaya International Sales Ltd</t>
-[...2 lines deleted...]
-      <c r="C291" s="0"/>
+          <t>Automatic Amusements Ltd</t>
+        </is>
+      </c>
+      <c r="C291" s="0" t="inlineStr">
+        <is>
+          <t>Mood Master</t>
+        </is>
+      </c>
       <c r="D291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E291" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F291" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G291" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H291" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I291" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -34620,74 +36060,79 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T291" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U291" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V291" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W291" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X291" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y291" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="0" t="inlineStr">
         <is>
-          <t>1475WB</t>
+          <t>1289WB</t>
         </is>
       </c>
       <c r="B292" s="0" t="inlineStr">
         <is>
-          <t>Avcom Audio Visual Communications Ltd</t>
+          <t>Automatic Identification Systems Ltd</t>
         </is>
       </c>
       <c r="C292" s="0" t="inlineStr">
         <is>
-          <t>Avcom</t>
+          <t>AIS Ltd</t>
         </is>
       </c>
       <c r="D292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -34742,345 +36187,360 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X292" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="0" t="inlineStr">
         <is>
-          <t>1477WB</t>
+          <t>3460BT</t>
         </is>
       </c>
       <c r="B293" s="0" t="inlineStr">
         <is>
-          <t>Aventure Distribution Ireland Ltd</t>
+          <t>Automatic Motor Car Centre</t>
         </is>
       </c>
       <c r="C293" s="0"/>
       <c r="D293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P293" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q293" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R293" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S293" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T293" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U293" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V293" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W293" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X293" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y293" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="0" t="inlineStr">
         <is>
-          <t>4155W</t>
+          <t>3342WB</t>
         </is>
       </c>
       <c r="B294" s="0" t="inlineStr">
         <is>
-          <t>Avestra Ltd</t>
+          <t>Automatic Sprinkler Company (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C294" s="0" t="inlineStr">
         <is>
-          <t>X-Game</t>
+          <t>Automatic Fire &amp; Integrated Solutions</t>
         </is>
       </c>
       <c r="D294" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X294" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y294" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="0" t="inlineStr">
         <is>
-          <t>3691WB</t>
+          <t>2829W</t>
         </is>
       </c>
       <c r="B295" s="0" t="inlineStr">
         <is>
-          <t>Aviano GmbH</t>
+          <t>Automation Engineering Inc</t>
         </is>
       </c>
       <c r="C295" s="0"/>
       <c r="D295" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E295" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F295" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G295" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H295" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I295" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J295" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K295" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -35100,74 +36560,75 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X295" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="0" t="inlineStr">
         <is>
-          <t>208W</t>
+          <t>2752W</t>
         </is>
       </c>
       <c r="B296" s="0" t="inlineStr">
         <is>
-          <t>Avid Technology International B.V.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Automation Supplies Ltd</t>
+        </is>
+      </c>
+      <c r="C296" s="0"/>
       <c r="D296" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -35203,797 +36664,844 @@
           <t>YES</t>
         </is>
       </c>
       <c r="P296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T296" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U296" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V296" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W296" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X296" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y296" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="0" t="inlineStr">
         <is>
-          <t>497W</t>
+          <t>2916B</t>
         </is>
       </c>
       <c r="B297" s="0" t="inlineStr">
         <is>
-          <t>Avnet Technologies Ltd</t>
-[...2 lines deleted...]
-      <c r="C297" s="0"/>
+          <t>Automobile Power Ltd</t>
+        </is>
+      </c>
+      <c r="C297" s="0" t="inlineStr">
+        <is>
+          <t>Autopower</t>
+        </is>
+      </c>
       <c r="D297" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E297" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S297" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T297" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U297" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y297" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="0" t="inlineStr">
         <is>
-          <t>1695W</t>
+          <t>3008BT</t>
         </is>
       </c>
       <c r="B298" s="0" t="inlineStr">
         <is>
-          <t>AvocaLite</t>
+          <t>Autostop</t>
         </is>
       </c>
       <c r="C298" s="0"/>
       <c r="D298" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E298" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F298" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G298" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H298" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I298" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J298" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K298" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L298" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M298" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N298" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O298" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P298" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q298" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R298" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S298" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T298" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U298" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V298" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W298" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X298" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y298" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="0" t="inlineStr">
         <is>
-          <t>1180W</t>
+          <t>3195T</t>
         </is>
       </c>
       <c r="B299" s="0" t="inlineStr">
         <is>
-          <t>AvocaLite -</t>
-[...2 lines deleted...]
-      <c r="C299" s="0"/>
+          <t>Autoteile Ltd</t>
+        </is>
+      </c>
+      <c r="C299" s="0" t="inlineStr">
+        <is>
+          <t>Clondrinagh Motor Centre</t>
+        </is>
+      </c>
       <c r="D299" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T299" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U299" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V299" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W299" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X299" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y299" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="0" t="inlineStr">
         <is>
-          <t>604W</t>
+          <t>1292WB</t>
         </is>
       </c>
       <c r="B300" s="0" t="inlineStr">
         <is>
-          <t>AVON COSMETICS IRL LTD</t>
+          <t>AVA Systems Ltd</t>
         </is>
       </c>
       <c r="C300" s="0"/>
       <c r="D300" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E300" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F300" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G300" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H300" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I300" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X300" s="0" t="inlineStr">
         <is>
           <t>YES</t>
+        </is>
+      </c>
+      <c r="Y300" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="0" t="inlineStr">
         <is>
-          <t>605WB</t>
+          <t>4412WB</t>
         </is>
       </c>
       <c r="B301" s="0" t="inlineStr">
         <is>
-          <t>Avon Ltd</t>
+          <t>Avantree Limited </t>
         </is>
       </c>
       <c r="C301" s="0"/>
       <c r="D301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P301" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q301" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R301" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S301" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T301" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U301" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V301" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W301" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X301" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y301" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="0" t="inlineStr">
         <is>
-          <t>1108W</t>
+          <t>379WB</t>
         </is>
       </c>
       <c r="B302" s="0" t="inlineStr">
         <is>
-          <t>Avonmore Electrical Co. Ltd.</t>
+          <t>Avaya International Sales Ltd</t>
         </is>
       </c>
       <c r="C302" s="0"/>
       <c r="D302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W302" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X302" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y302" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="0" t="inlineStr">
         <is>
-          <t>2494W</t>
+          <t>1475WB</t>
         </is>
       </c>
       <c r="B303" s="0" t="inlineStr">
         <is>
-          <t>Avonmore Electrical Company Ltd</t>
-[...2 lines deleted...]
-      <c r="C303" s="0"/>
+          <t>Avcom Audio Visual Communications Ltd</t>
+        </is>
+      </c>
+      <c r="C303" s="0" t="inlineStr">
+        <is>
+          <t>Avcom</t>
+        </is>
+      </c>
       <c r="D303" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -36014,229 +37522,243 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q303" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R303" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S303" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T303" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U303" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V303" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W303" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X303" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y303" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="0" t="inlineStr">
         <is>
-          <t>3444B</t>
+          <t>1477WB</t>
         </is>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
-          <t>Axkid UK Ltd</t>
+          <t>Aventure Distribution Ireland Ltd</t>
         </is>
       </c>
       <c r="C304" s="0"/>
       <c r="D304" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E304" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F304" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G304" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H304" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I304" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V304" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W304" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X304" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y304" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="0" t="inlineStr">
         <is>
-          <t>3892WB</t>
+          <t>4155W</t>
         </is>
       </c>
       <c r="B305" s="0" t="inlineStr">
         <is>
-          <t>Axore SRL</t>
-[...2 lines deleted...]
-      <c r="C305" s="0"/>
+          <t>Avestra Ltd</t>
+        </is>
+      </c>
+      <c r="C305" s="0" t="inlineStr">
+        <is>
+          <t>X-Game</t>
+        </is>
+      </c>
       <c r="D305" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E305" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E305" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F305" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G305" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H305" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I305" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J305" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
@@ -36284,172 +37806,1539 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T305" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U305" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V305" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W305" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X305" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y305" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="0" t="inlineStr">
         <is>
+          <t>3691WB</t>
+        </is>
+      </c>
+      <c r="B306" s="0" t="inlineStr">
+        <is>
+          <t>Aviano GmbH</t>
+        </is>
+      </c>
+      <c r="C306" s="0"/>
+      <c r="D306" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="E306" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F306" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G306" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H306" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y306" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
+      <c r="A307" s="0" t="inlineStr">
+        <is>
+          <t>208W</t>
+        </is>
+      </c>
+      <c r="B307" s="0" t="inlineStr">
+        <is>
+          <t>Avid Technology International B.V.</t>
+        </is>
+      </c>
+      <c r="C307" s="0" t="inlineStr">
+        <is>
+          <t>Avid Technology</t>
+        </is>
+      </c>
+      <c r="D307" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="E307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="S307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="T307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="X307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y307" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
+      <c r="A308" s="0" t="inlineStr">
+        <is>
+          <t>497W</t>
+        </is>
+      </c>
+      <c r="B308" s="0" t="inlineStr">
+        <is>
+          <t>Avnet Technologies Ltd</t>
+        </is>
+      </c>
+      <c r="C308" s="0"/>
+      <c r="D308" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E308" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="F308" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="G308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="H308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="I308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="J308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="K308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="L308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="M308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="N308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="O308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="P308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="Q308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="R308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="S308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="T308" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="U308" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V308" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W308" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="X308" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y308" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
+      <c r="A309" s="0" t="inlineStr">
+        <is>
+          <t>1695W</t>
+        </is>
+      </c>
+      <c r="B309" s="0" t="inlineStr">
+        <is>
+          <t>AvocaLite</t>
+        </is>
+      </c>
+      <c r="C309" s="0"/>
+      <c r="D309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P309" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q309" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R309" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="S309" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="T309" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U309" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V309" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W309" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X309" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y309" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
+      <c r="A310" s="0" t="inlineStr">
+        <is>
+          <t>1180W</t>
+        </is>
+      </c>
+      <c r="B310" s="0" t="inlineStr">
+        <is>
+          <t>AvocaLite -</t>
+        </is>
+      </c>
+      <c r="C310" s="0"/>
+      <c r="D310" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E310" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="F310" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="G310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="H310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="I310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="J310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="K310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="L310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="M310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="N310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="O310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="P310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="Q310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="R310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="S310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="T310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="U310" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="V310" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="W310" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X310" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y310" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
+      <c r="A311" s="0" t="inlineStr">
+        <is>
+          <t>604W</t>
+        </is>
+      </c>
+      <c r="B311" s="0" t="inlineStr">
+        <is>
+          <t>AVON COSMETICS IRL LTD</t>
+        </is>
+      </c>
+      <c r="C311" s="0"/>
+      <c r="D311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="R311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="S311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="T311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="U311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="V311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="W311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="X311" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y311" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
+      <c r="A312" s="0" t="inlineStr">
+        <is>
+          <t>605WB</t>
+        </is>
+      </c>
+      <c r="B312" s="0" t="inlineStr">
+        <is>
+          <t>Avon Ltd</t>
+        </is>
+      </c>
+      <c r="C312" s="0"/>
+      <c r="D312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q312" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="R312" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="S312" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="T312" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U312" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V312" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W312" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="X312" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y312" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
+      <c r="A313" s="0" t="inlineStr">
+        <is>
+          <t>1108W</t>
+        </is>
+      </c>
+      <c r="B313" s="0" t="inlineStr">
+        <is>
+          <t>Avonmore Electrical Co. Ltd.</t>
+        </is>
+      </c>
+      <c r="C313" s="0"/>
+      <c r="D313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="R313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="S313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="T313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="U313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="V313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="W313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="X313" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y313" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
+      <c r="A314" s="0" t="inlineStr">
+        <is>
+          <t>2494W</t>
+        </is>
+      </c>
+      <c r="B314" s="0" t="inlineStr">
+        <is>
+          <t>Avonmore Electrical Company Ltd</t>
+        </is>
+      </c>
+      <c r="C314" s="0"/>
+      <c r="D314" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="E314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q314" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R314" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S314" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T314" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U314" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V314" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W314" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X314" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y314" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
+      <c r="A315" s="0" t="inlineStr">
+        <is>
+          <t>3444B</t>
+        </is>
+      </c>
+      <c r="B315" s="0" t="inlineStr">
+        <is>
+          <t>Axkid UK Ltd</t>
+        </is>
+      </c>
+      <c r="C315" s="0"/>
+      <c r="D315" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E315" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F315" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G315" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H315" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I315" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J315" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y315" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
+      <c r="A316" s="0" t="inlineStr">
+        <is>
+          <t>3892WB</t>
+        </is>
+      </c>
+      <c r="B316" s="0" t="inlineStr">
+        <is>
+          <t>Axore SRL</t>
+        </is>
+      </c>
+      <c r="C316" s="0"/>
+      <c r="D316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E316" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="F316" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="G316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="H316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="I316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="J316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="K316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="L316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="M316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="N316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="O316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="P316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Q316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="R316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="S316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="T316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="U316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="V316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="W316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y316" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
+      <c r="A317" s="0" t="inlineStr">
+        <is>
           <t>1219B</t>
         </is>
       </c>
-      <c r="B306" s="0" t="inlineStr">
+      <c r="B317" s="0" t="inlineStr">
         <is>
           <t>Azette Ltd</t>
         </is>
       </c>
-      <c r="C306" s="0" t="inlineStr">
+      <c r="C317" s="0" t="inlineStr">
         <is>
           <t>Time Power</t>
         </is>
       </c>
-      <c r="D306" s="0" t="inlineStr">
-[...99 lines deleted...]
-      <c r="X306" s="0" t="inlineStr">
+      <c r="D317" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="S317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="T317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V317" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W317" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X317" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y317" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">