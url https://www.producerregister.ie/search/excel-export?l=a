--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -107,51 +107,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y317"/>
+  <dimension ref="A1:Y324"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Reg No.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Company Name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Trading As</t>
         </is>
       </c>
@@ -214,51 +214,51 @@
       </c>
       <c r="W1" s="0" t="n">
         <v>2007</v>
       </c>
       <c r="X1" s="0" t="n">
         <v>2006</v>
       </c>
       <c r="Y1" s="0" t="n">
         <v>2005</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>4480WB</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>A &amp; B GmbH</t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -1079,51 +1079,51 @@
       <c r="X8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>714W</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>A. Hartmann &amp; Son Ltd</t>
         </is>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1202,51 +1202,51 @@
       <c r="X9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>1304WB</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>A. M. Dunne &amp; Son Ltd</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1448,51 +1448,51 @@
       <c r="X11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>3664W</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>A.D.J. Supply Europe B.V.</t>
         </is>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2548,832 +2548,832 @@
       </c>
       <c r="V20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>2802WB</t>
+          <t>4857WB</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>A&amp;J Mobile Phone Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>A&amp;H Turbo Traders Ltd</t>
+        </is>
+      </c>
+      <c r="C21" s="0"/>
       <c r="D21" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>1707WB</t>
+          <t>2802WB</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>A1 Games Distribution Ltd</t>
-[...2 lines deleted...]
-      <c r="C22" s="0"/>
+          <t>A&amp;J Mobile Phone Ltd</t>
+        </is>
+      </c>
+      <c r="C22" s="0" t="inlineStr">
+        <is>
+          <t>A&amp;J</t>
+        </is>
+      </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N22" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O22" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P22" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q22" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R22" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S22" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T22" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U22" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>2434T</t>
+          <t>1707WB</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>A1 Tyres Ltd</t>
+          <t>A1 Games Distribution Ltd</t>
         </is>
       </c>
       <c r="C23" s="0"/>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>4197B</t>
+          <t>2434T</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>A2batt Inc</t>
-[...6 lines deleted...]
-      </c>
+          <t>A1 Tyres Ltd</t>
+        </is>
+      </c>
+      <c r="C24" s="0"/>
       <c r="D24" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W24" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X24" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y24" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>1551WB</t>
+          <t>4197B</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>A2Z Electric Vehicles Ltd</t>
+          <t>A2batt Inc</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>Go Electric</t>
+          <t>EEMB</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P25" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q25" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R25" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S25" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T25" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W25" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X25" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y25" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>2282T</t>
+          <t>1551WB</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>AA Tyremaster Ltd</t>
-[...2 lines deleted...]
-      <c r="C26" s="0"/>
+          <t>A2Z Electric Vehicles Ltd</t>
+        </is>
+      </c>
+      <c r="C26" s="0" t="inlineStr">
+        <is>
+          <t>Go Electric</t>
+        </is>
+      </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E26" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F26" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G26" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H26" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I26" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J26" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K26" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L26" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M26" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N26" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O26" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P26" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q26" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E26" s="0" t="inlineStr">
-[...63 lines deleted...]
-      </c>
       <c r="R26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="S26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="T26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="U26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>2407T</t>
+          <t>2282T</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>Aaron Conroy</t>
+          <t>AA Tyremaster Ltd</t>
         </is>
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3421,189 +3421,185 @@
       </c>
       <c r="V27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>1263WB</t>
+          <t>2407T</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>AB Power Systems Ltd</t>
+          <t>Aaron Conroy</t>
         </is>
       </c>
       <c r="C28" s="0"/>
       <c r="D28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>1595WB</t>
+          <t>1263WB</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Abacus Systems &amp; Networks Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>AB Power Systems Ltd</t>
+        </is>
+      </c>
+      <c r="C29" s="0"/>
       <c r="D29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3644,261 +3640,261 @@
           <t>YES</t>
         </is>
       </c>
       <c r="Q29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>2354T</t>
+          <t>1595WB</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>Abbey Tyres and Car Sales Ltd</t>
-[...2 lines deleted...]
-      <c r="C30" s="0"/>
+          <t>Abacus Systems &amp; Networks Ltd</t>
+        </is>
+      </c>
+      <c r="C30" s="0" t="inlineStr">
+        <is>
+          <t>Abacus Systems</t>
+        </is>
+      </c>
       <c r="D30" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>4543W</t>
+          <t>2354T</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Abbeycreek Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Abbey Tyres and Car Sales Ltd</t>
+        </is>
+      </c>
+      <c r="C31" s="0"/>
       <c r="D31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -3921,122 +3917,126 @@
       </c>
       <c r="V31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>3329WB</t>
+          <t>4543W</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>Abbingdon EU BV</t>
-[...2 lines deleted...]
-      <c r="C32" s="0"/>
+          <t>Abbeycreek Ltd</t>
+        </is>
+      </c>
+      <c r="C32" s="0" t="inlineStr">
+        <is>
+          <t>Platmech</t>
+        </is>
+      </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -4044,607 +4044,603 @@
       </c>
       <c r="V32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y32" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>212WB</t>
+          <t>3329WB</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Abbott Laboratories, Ireland, Ltd</t>
+          <t>Abbingdon EU BV</t>
         </is>
       </c>
       <c r="C33" s="0"/>
       <c r="D33" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>4062WB</t>
+          <t>212WB</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Abbott Medical Ireland Ltd</t>
+          <t>Abbott Laboratories, Ireland, Ltd</t>
         </is>
       </c>
       <c r="C34" s="0"/>
       <c r="D34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>476W</t>
+          <t>4062WB</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>ABC Abrasives Ltd</t>
+          <t>Abbott Medical Ireland Ltd</t>
         </is>
       </c>
       <c r="C35" s="0"/>
       <c r="D35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="O35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="P35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>3883W</t>
+          <t>476W</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>ABC Tanning Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>ABC Abrasives Ltd</t>
+        </is>
+      </c>
+      <c r="C36" s="0"/>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>4779WB</t>
+          <t>3883W</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Abiomed Europe GmbH</t>
+          <t>ABC Tanning Ltd</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>Abiomed</t>
+          <t>The Tanning Shop</t>
         </is>
       </c>
       <c r="D37" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -4667,603 +4663,607 @@
       </c>
       <c r="V37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y37" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>2965BT</t>
+          <t>4779WB</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Abudantia Ltd</t>
-[...2 lines deleted...]
-      <c r="C38" s="0"/>
+          <t>Abiomed Europe GmbH</t>
+        </is>
+      </c>
+      <c r="C38" s="0" t="inlineStr">
+        <is>
+          <t>Abiomed</t>
+        </is>
+      </c>
       <c r="D38" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="S38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>4322B</t>
+          <t>2965BT</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>AC Infinity Inc.</t>
+          <t>Abudantia Ltd</t>
         </is>
       </c>
       <c r="C39" s="0"/>
       <c r="D39" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>4039B</t>
+          <t>4322B</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>AC Mobile Parts Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>AC Infinity Inc.</t>
+        </is>
+      </c>
+      <c r="C40" s="0"/>
       <c r="D40" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>2358T</t>
+          <t>4039B</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>AC Tyres Ltd</t>
-[...2 lines deleted...]
-      <c r="C41" s="0"/>
+          <t>AC Mobile Parts Ltd</t>
+        </is>
+      </c>
+      <c r="C41" s="0" t="inlineStr">
+        <is>
+          <t>First Help Tech</t>
+        </is>
+      </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>4584WB</t>
+          <t>2358T</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Accell UK &amp; Ireland Ltd</t>
+          <t>AC Tyres Ltd</t>
         </is>
       </c>
       <c r="C42" s="0"/>
       <c r="D42" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -5286,101 +5286,97 @@
       </c>
       <c r="V42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>3991W</t>
+          <t>4584WB</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Access Security &amp; Control Technology Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Accell UK &amp; Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C43" s="0"/>
       <c r="D43" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J43" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N43" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O43" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P43" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -5413,593 +5409,597 @@
       </c>
       <c r="V43" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W43" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X43" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y43" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>2850WB</t>
+          <t>3991W</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>ACCHL Ltd</t>
+          <t>Access Security &amp; Control Technology Ltd</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>AIM Cash and Carry</t>
+          <t>2T - Technology</t>
         </is>
       </c>
       <c r="D44" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E44" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E44" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>4752B</t>
+          <t>2850WB</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Accion Innovations LLC</t>
-[...2 lines deleted...]
-      <c r="C45" s="0"/>
+          <t>ACCHL Ltd</t>
+        </is>
+      </c>
+      <c r="C45" s="0" t="inlineStr">
+        <is>
+          <t>AIM Cash and Carry</t>
+        </is>
+      </c>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>270WB</t>
+          <t>4752B</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Acco-Rexel Ltd</t>
+          <t>Accion Innovations LLC</t>
         </is>
       </c>
       <c r="C46" s="0"/>
       <c r="D46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S46" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>3158WB</t>
+          <t>270WB</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Accora Ltd</t>
+          <t>Acco-Rexel Ltd</t>
         </is>
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>3164WB</t>
+          <t>3158WB</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Accton Technology Corp.</t>
+          <t>Accora Ltd</t>
         </is>
       </c>
       <c r="C48" s="0"/>
       <c r="D48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -6032,245 +6032,245 @@
       </c>
       <c r="V48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>640WB</t>
+          <t>3164WB</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Accu-Science Ireland Ltd</t>
+          <t>Accton Technology Corp.</t>
         </is>
       </c>
       <c r="C49" s="0"/>
       <c r="D49" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>1001WB</t>
+          <t>640WB</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Accurist Watches Ltd</t>
+          <t>Accu-Science Ireland Ltd</t>
         </is>
       </c>
       <c r="C50" s="0"/>
       <c r="D50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q50" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R50" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S50" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T50" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U50" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -6278,56 +6278,56 @@
       </c>
       <c r="V50" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W50" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X50" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y50" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>192W</t>
+          <t>1001WB</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>Accutron Ltd</t>
+          <t>Accurist Watches Ltd</t>
         </is>
       </c>
       <c r="C51" s="0"/>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
@@ -6354,277 +6354,277 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N51" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O51" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P51" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V51" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W51" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X51" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y51" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>3543T</t>
+          <t>192W</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Ace 4x4 Spares Ltd</t>
+          <t>Accutron Ltd</t>
         </is>
       </c>
       <c r="C52" s="0"/>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>4542WB</t>
+          <t>3543T</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>ACE Handels &amp; Entwicklungs GmbH</t>
+          <t>Ace 4x4 Spares Ltd</t>
         </is>
       </c>
       <c r="C53" s="0"/>
       <c r="D53" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N53" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O53" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P53" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q53" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R53" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -6647,302 +6647,302 @@
       </c>
       <c r="V53" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W53" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X53" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y53" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>104WB</t>
+          <t>4542WB</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>ACEC (Distributors) Ltd</t>
+          <t>ACE Handels &amp; Entwicklungs GmbH</t>
         </is>
       </c>
       <c r="C54" s="0"/>
       <c r="D54" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>1912W</t>
+          <t>104WB</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Acer Networks</t>
+          <t>ACEC (Distributors) Ltd</t>
         </is>
       </c>
       <c r="C55" s="0"/>
       <c r="D55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>1272W</t>
+          <t>1912W</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Acoustic Images</t>
+          <t>Acer Networks</t>
         </is>
       </c>
       <c r="C56" s="0"/>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
@@ -6954,1053 +6954,1053 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>1252WB</t>
+          <t>1272W</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Acoustic Technologies Ltd</t>
+          <t>Acoustic Images</t>
         </is>
       </c>
       <c r="C57" s="0"/>
       <c r="D57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Y57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>2470T</t>
+          <t>1252WB</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>ACR Motors Castlebar Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Acoustic Technologies Ltd</t>
+        </is>
+      </c>
+      <c r="C58" s="0"/>
       <c r="D58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>1591WB</t>
+          <t>2470T</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Acravet Ltd</t>
-[...2 lines deleted...]
-      <c r="C59" s="0"/>
+          <t>ACR Motors Castlebar Ltd</t>
+        </is>
+      </c>
+      <c r="C59" s="0" t="inlineStr">
+        <is>
+          <t>ACR Motors</t>
+        </is>
+      </c>
       <c r="D59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>821WB</t>
+          <t>1591WB</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Actavo (Ireland) Ltd</t>
+          <t>Acravet Ltd</t>
         </is>
       </c>
       <c r="C60" s="0"/>
       <c r="D60" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S60" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T60" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U60" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V60" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>2941WB</t>
+          <t>821WB</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Action Alarms Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Actavo (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C61" s="0"/>
       <c r="D61" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>3373WB</t>
+          <t>2941WB</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Active Energy Control Ltd</t>
-[...2 lines deleted...]
-      <c r="C62" s="0"/>
+          <t>Action Alarms Ltd</t>
+        </is>
+      </c>
+      <c r="C62" s="0" t="inlineStr">
+        <is>
+          <t>Action 24</t>
+        </is>
+      </c>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U62" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V62" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W62" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X62" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y62" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>1984WB</t>
+          <t>3373WB</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Active Mind Technology Ltd</t>
+          <t>Active Energy Control Ltd</t>
         </is>
       </c>
       <c r="C63" s="0"/>
       <c r="D63" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N63" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O63" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P63" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>2095WB</t>
+          <t>1984WB</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Activeon EU B.V.</t>
+          <t>Active Mind Technology Ltd</t>
         </is>
       </c>
       <c r="C64" s="0"/>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -8008,112 +8008,112 @@
       </c>
       <c r="V64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>2328T</t>
+          <t>2095WB</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>Adams Garage Ltd</t>
+          <t>Activeon EU B.V.</t>
         </is>
       </c>
       <c r="C65" s="0"/>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -8131,425 +8131,425 @@
       </c>
       <c r="V65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>2432T</t>
+          <t>2328T</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Adamstown Tyres Ltd</t>
+          <t>Adams Garage Ltd</t>
         </is>
       </c>
       <c r="C66" s="0"/>
       <c r="D66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>3377WB</t>
+          <t>2432T</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>ADATA Technology Co. Ltd</t>
+          <t>Adamstown Tyres Ltd</t>
         </is>
       </c>
       <c r="C67" s="0"/>
       <c r="D67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U67" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V67" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W67" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X67" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y67" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>1326W</t>
+          <t>3377W</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Adattsi Ltd</t>
+          <t>ADATA Technology Co. Ltd</t>
         </is>
       </c>
       <c r="C68" s="0"/>
       <c r="D68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>296W</t>
+          <t>1326W</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>ADC Bar Code Systems Ltd</t>
+          <t>Adattsi Ltd</t>
         </is>
       </c>
       <c r="C69" s="0"/>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
@@ -8571,108 +8571,108 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N69" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O69" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>726W</t>
+          <t>296W</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>ADC COMMUNICATION (UK) LTD</t>
+          <t>ADC Bar Code Systems Ltd</t>
         </is>
       </c>
       <c r="C70" s="0"/>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
@@ -8729,442 +8729,442 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="U70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="V70" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="W70" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X70" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>3128WB</t>
+          <t>726W</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Additive Manufacturing Technologies (AMT) Ltd</t>
+          <t>ADC COMMUNICATION (UK) LTD</t>
         </is>
       </c>
       <c r="C71" s="0"/>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Y71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>3429WB</t>
+          <t>3128WB</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Additive Manufacturing Technologies (AMT) Ltd</t>
         </is>
       </c>
       <c r="C72" s="0"/>
       <c r="D72" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N72" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O72" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P72" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q72" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R72" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S72" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T72" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U72" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V72" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W72" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X72" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y72" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>833W</t>
+          <t>3429WB</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Adelphi Distributors Ltd</t>
+          <t>Additive Manufacturing Technologies (AMT) Ltd</t>
         </is>
       </c>
       <c r="C73" s="0"/>
       <c r="D73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V73" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>1167WB</t>
+          <t>833W</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>ADI-Gardiner Ireland Ltd</t>
+          <t>Adelphi Distributors Ltd</t>
         </is>
       </c>
       <c r="C74" s="0"/>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
@@ -9206,1400 +9206,1400 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P74" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q74" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R74" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S74" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>2960WB</t>
+          <t>1167WB</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Adidas (Ireland) Ltd</t>
+          <t>ADI-Gardiner Ireland Ltd</t>
         </is>
       </c>
       <c r="C75" s="0"/>
       <c r="D75" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>161WB</t>
+          <t>2960WB</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>ADT Fire and Security Ltd</t>
+          <t>Adidas (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C76" s="0"/>
       <c r="D76" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>3761WB</t>
+          <t>161WB</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Aduro Trading Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>ADT Fire and Security Ltd</t>
+        </is>
+      </c>
+      <c r="C77" s="0"/>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>1301W</t>
+          <t>3761WB</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Advanced Bar &amp; Catering Services Ltd</t>
+          <t>Aduro Trading Ltd</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
-          <t>ABC Services</t>
+          <t>happyme.ie</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>3472WB</t>
+          <t>1301W</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Advanced Laser Systems Ltd</t>
-[...2 lines deleted...]
-      <c r="C79" s="0"/>
+          <t>Advanced Bar &amp; Catering Services Ltd</t>
+        </is>
+      </c>
+      <c r="C79" s="0" t="inlineStr">
+        <is>
+          <t>ABC Services</t>
+        </is>
+      </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>1396WB</t>
+          <t>3472WB</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Advanced Manufacturing Control Systems Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Advanced Laser Systems Ltd</t>
+        </is>
+      </c>
+      <c r="C80" s="0"/>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>3560WB</t>
+          <t>1396WB</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Advanced Sterilization Products Ireland Ltd</t>
+          <t>Advanced Manufacturing Control Systems Ltd</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
-          <t>ASP Ireland</t>
+          <t>AMCS Ltd</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>1392W</t>
+          <t>3560WB</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Advanced Water Coolers Ltd</t>
-[...2 lines deleted...]
-      <c r="C82" s="0"/>
+          <t>Advanced Sterilization Products Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C82" s="0" t="inlineStr">
+        <is>
+          <t>ASP Ireland</t>
+        </is>
+      </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>3369WB</t>
+          <t>1392W</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>Advania Ireland Ltd</t>
+          <t>Advanced Water Coolers Ltd</t>
         </is>
       </c>
       <c r="C83" s="0"/>
       <c r="D83" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X83" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y83" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>3336WB</t>
+          <t>3369WB</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Advantech Europe B.V</t>
+          <t>Advania Ireland Ltd</t>
         </is>
       </c>
       <c r="C84" s="0"/>
       <c r="D84" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q84" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R84" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S84" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T84" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U84" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V84" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W84" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X84" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y84" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>2533T</t>
+          <t>3336WB</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Adventure Motorcycles Ireland Ltd</t>
+          <t>Advantech Europe B.V</t>
         </is>
       </c>
       <c r="C85" s="0"/>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N85" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O85" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P85" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q85" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R85" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S85" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T85" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U85" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -10607,56 +10607,56 @@
       </c>
       <c r="V85" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W85" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X85" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y85" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>1364W</t>
+          <t>2533T</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Aereco Ltd</t>
+          <t>Adventure Motorcycles Ireland Ltd</t>
         </is>
       </c>
       <c r="C86" s="0"/>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
@@ -10668,1239 +10668,1235 @@
           <t>YES</t>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>168W</t>
+          <t>1364W</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Aerogen (Ireland) Ltd</t>
+          <t>Aereco Ltd</t>
         </is>
       </c>
       <c r="C87" s="0"/>
       <c r="D87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>3504WB</t>
+          <t>168W</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Aerogen Ltd</t>
+          <t>Aerogen (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C88" s="0"/>
       <c r="D88" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>1634W</t>
+          <t>3504WB</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Aertech Satellite Communications Ltd</t>
+          <t>Aerogen Ltd</t>
         </is>
       </c>
       <c r="C89" s="0"/>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>3600W</t>
+          <t>1634W</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>AEye, INC.</t>
+          <t>Aertech Satellite Communications Ltd</t>
         </is>
       </c>
       <c r="C90" s="0"/>
       <c r="D90" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>4583WB</t>
+          <t>3600W</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>AFT Distribution Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>AEye, INC.</t>
+        </is>
+      </c>
+      <c r="C91" s="0"/>
       <c r="D91" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>1870WB</t>
+          <t>4583WB</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>Afterglow Science, LLC</t>
-[...2 lines deleted...]
-      <c r="C92" s="0"/>
+          <t>AFT Distribution Ltd</t>
+        </is>
+      </c>
+      <c r="C92" s="0" t="inlineStr">
+        <is>
+          <t>Smartshade</t>
+        </is>
+      </c>
       <c r="D92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>2310T</t>
+          <t>1870WB</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Again And Again Ltd</t>
+          <t>Afterglow Science, LLC</t>
         </is>
       </c>
       <c r="C93" s="0"/>
       <c r="D93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="0" t="inlineStr">
         <is>
-          <t>1013WB</t>
+          <t>2310T</t>
         </is>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Agfa Graphics Ireland Ltd</t>
+          <t>Again And Again Ltd</t>
         </is>
       </c>
       <c r="C94" s="0"/>
       <c r="D94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="inlineStr">
         <is>
-          <t>1491WB</t>
+          <t>1013WB</t>
         </is>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Agfa Ltd</t>
+          <t>Agfa Graphics Ireland Ltd</t>
         </is>
       </c>
       <c r="C95" s="0"/>
       <c r="D95" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q95" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R95" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S95" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T95" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U95" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V95" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W95" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X95" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y95" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="inlineStr">
         <is>
-          <t>1857WB</t>
+          <t>1491WB</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Agfa NV - Irish Branch</t>
-[...6 lines deleted...]
-      </c>
+          <t>Agfa Ltd</t>
+        </is>
+      </c>
+      <c r="C96" s="0"/>
       <c r="D96" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -11968,122 +11964,126 @@
       </c>
       <c r="V96" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W96" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X96" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y96" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="0" t="inlineStr">
         <is>
-          <t>3953WB</t>
+          <t>1857WB</t>
         </is>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Agile Tech UAB		</t>
-[...2 lines deleted...]
-      <c r="C97" s="0"/>
+          <t>Agfa NV - Irish Branch</t>
+        </is>
+      </c>
+      <c r="C97" s="0" t="inlineStr">
+        <is>
+          <t>Agfa Graphics</t>
+        </is>
+      </c>
       <c r="D97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N97" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O97" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P97" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q97" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R97" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S97" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T97" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U97" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -12091,179 +12091,179 @@
       </c>
       <c r="V97" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W97" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X97" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y97" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="0" t="inlineStr">
         <is>
-          <t>141WB</t>
+          <t>3953WB</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Agilent Technologies Ireland Ltd</t>
+          <t>Agile Tech UAB		</t>
         </is>
       </c>
       <c r="C98" s="0"/>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="0" t="inlineStr">
         <is>
-          <t>1882WB</t>
+          <t>141WB</t>
         </is>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>Agri Health Ltd</t>
+          <t>Agilent Technologies Ireland Ltd</t>
         </is>
       </c>
       <c r="C99" s="0"/>
       <c r="D99" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
@@ -12337,548 +12337,548 @@
       </c>
       <c r="V99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="0" t="inlineStr">
         <is>
-          <t>2300T</t>
+          <t>1882WB</t>
         </is>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Agrigear Ltd</t>
+          <t>Agri Health Ltd</t>
         </is>
       </c>
       <c r="C100" s="0"/>
       <c r="D100" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="0" t="inlineStr">
         <is>
-          <t>2954BT</t>
+          <t>2300T</t>
         </is>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Aherns of Kerry Ltd</t>
+          <t>Agrigear Ltd</t>
         </is>
       </c>
       <c r="C101" s="0"/>
       <c r="D101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N101" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O101" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P101" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q101" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R101" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S101" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T101" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U101" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V101" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W101" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X101" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y101" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="0" t="inlineStr">
         <is>
-          <t>2918W</t>
+          <t>2954BT</t>
         </is>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>AHT Cooling Systems Supermarket (UK) Ltd</t>
+          <t>Aherns of Kerry Ltd</t>
         </is>
       </c>
       <c r="C102" s="0"/>
       <c r="D102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N102" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O102" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P102" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q102" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R102" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S102" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T102" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U102" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V102" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W102" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X102" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y102" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="0" t="inlineStr">
         <is>
-          <t>1457W</t>
+          <t>2918W</t>
         </is>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>AiBridges Ltd</t>
+          <t>AHT Cooling Systems Supermarket (UK) Ltd</t>
         </is>
       </c>
       <c r="C103" s="0"/>
       <c r="D103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R103" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y103" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="0" t="inlineStr">
         <is>
-          <t>776W</t>
+          <t>1457W</t>
         </is>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Aiden Hanna Wholesale Ltd</t>
+          <t>AiBridges Ltd</t>
         </is>
       </c>
       <c r="C104" s="0"/>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
@@ -12915,835 +12915,835 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y104" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="0" t="inlineStr">
         <is>
-          <t>3760W</t>
+          <t>776W</t>
         </is>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Aiko Energy Germany GmbH</t>
+          <t>Aiden Hanna Wholesale Ltd</t>
         </is>
       </c>
       <c r="C105" s="0"/>
       <c r="D105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y105" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="0" t="inlineStr">
         <is>
-          <t>4252W</t>
+          <t>3760W</t>
         </is>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>Aiko Energy Netherlands B.V.</t>
+          <t>Aiko Energy Germany GmbH</t>
         </is>
       </c>
       <c r="C106" s="0"/>
       <c r="D106" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="0" t="inlineStr">
         <is>
-          <t>1176WB</t>
+          <t>4252W</t>
         </is>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Ailesbury Commercial and Industrial Security Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Aiko Energy Netherlands B.V.</t>
+        </is>
+      </c>
+      <c r="C107" s="0"/>
       <c r="D107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W107" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X107" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y107" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="0" t="inlineStr">
         <is>
-          <t>870W</t>
+          <t>1176WB</t>
         </is>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>AIM Cash and Carry Ltd</t>
-[...2 lines deleted...]
-      <c r="C108" s="0"/>
+          <t>Ailesbury Commercial and Industrial Security Ltd</t>
+        </is>
+      </c>
+      <c r="C108" s="0" t="inlineStr">
+        <is>
+          <t>Ailesbury Services</t>
+        </is>
+      </c>
       <c r="D108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q108" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="0" t="inlineStr">
         <is>
-          <t>4432B</t>
+          <t>870W</t>
         </is>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Aiokou Shaving (Yiwu) Electric Appliance Co., LTD</t>
+          <t>AIM Cash and Carry Ltd</t>
         </is>
       </c>
       <c r="C109" s="0"/>
       <c r="D109" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V109" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W109" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X109" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y109" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="0" t="inlineStr">
         <is>
-          <t>1435W</t>
+          <t>4432B</t>
         </is>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Air Flow Stoves Ltd</t>
+          <t>Aiokou Shaving (Yiwu) Electric Appliance Co., LTD</t>
         </is>
       </c>
       <c r="C110" s="0"/>
       <c r="D110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S110" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T110" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U110" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V110" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="0" t="inlineStr">
         <is>
-          <t>1160W</t>
+          <t>1435W</t>
         </is>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Air Health &amp; Safety Solutions Ltd</t>
+          <t>Air Flow Stoves Ltd</t>
         </is>
       </c>
       <c r="C111" s="0"/>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
@@ -13785,629 +13785,625 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P111" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q111" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R111" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S111" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T111" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y111" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="0" t="inlineStr">
         <is>
-          <t>4602WB</t>
+          <t>1160W</t>
         </is>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Air Liquide Healthcare Ireland Ltd</t>
+          <t>Air Health &amp; Safety Solutions Ltd</t>
         </is>
       </c>
       <c r="C112" s="0"/>
       <c r="D112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="0" t="inlineStr">
         <is>
-          <t>1742W</t>
+          <t>4602WB</t>
         </is>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Airdryer Systems Ltd</t>
+          <t>Air Liquide Healthcare Ireland Ltd</t>
         </is>
       </c>
       <c r="C113" s="0"/>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N113" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O113" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P113" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q113" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R113" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S113" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y113" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="0" t="inlineStr">
         <is>
-          <t>1748W</t>
+          <t>1742W</t>
         </is>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>Airlux Lighting Ltd</t>
+          <t>Airdryer Systems Ltd</t>
         </is>
       </c>
       <c r="C114" s="0"/>
       <c r="D114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="N114" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="O114" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="P114" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="Q114" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R114" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S114" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="0" t="inlineStr">
         <is>
-          <t>2958W</t>
+          <t>1748W</t>
         </is>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>Airmount Beauty Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Airlux Lighting Ltd</t>
+        </is>
+      </c>
+      <c r="C115" s="0"/>
       <c r="D115" s="0" t="inlineStr">
         <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E115" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F115" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G115" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H115" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I115" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J115" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K115" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L115" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M115" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N115" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O115" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E115" s="0" t="inlineStr">
-[...53 lines deleted...]
-      </c>
       <c r="P115" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="Q115" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="R115" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="S115" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="T115" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U115" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V115" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W115" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X115" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y115" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="0" t="inlineStr">
         <is>
-          <t>3146W</t>
+          <t>2958WB</t>
         </is>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>Airpower Engineering Ltd</t>
+          <t>Airmount Beauty Ltd</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
-          <t>Airpower Pneumatics and Custom Solutions</t>
+          <t>The Manicure Company</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -14440,92 +14436,96 @@
       </c>
       <c r="V116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="0" t="inlineStr">
         <is>
-          <t>3665W</t>
+          <t>3146W</t>
         </is>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Airthings A/S</t>
-[...2 lines deleted...]
-      <c r="C117" s="0"/>
+          <t>Airpower Engineering Ltd</t>
+        </is>
+      </c>
+      <c r="C117" s="0" t="inlineStr">
+        <is>
+          <t>Airpower Pneumatics and Custom Solutions</t>
+        </is>
+      </c>
       <c r="D117" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -14563,179 +14563,179 @@
       </c>
       <c r="V117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="0" t="inlineStr">
         <is>
-          <t>1754WB</t>
+          <t>3665W</t>
         </is>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Airtricity Ltd</t>
+          <t>Airthings A/S</t>
         </is>
       </c>
       <c r="C118" s="0"/>
       <c r="D118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q118" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="0" t="inlineStr">
         <is>
-          <t>1615B</t>
+          <t>1754WB</t>
         </is>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Aisle Master Ltd</t>
+          <t>Airtricity Ltd</t>
         </is>
       </c>
       <c r="C119" s="0"/>
       <c r="D119" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
@@ -14777,457 +14777,457 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P119" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q119" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R119" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S119" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W119" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X119" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y119" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="0" t="inlineStr">
         <is>
-          <t>2164W</t>
+          <t>1615B</t>
         </is>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>AKH Concepts Ltd</t>
+          <t>Aisle Master Ltd</t>
         </is>
       </c>
       <c r="C120" s="0"/>
       <c r="D120" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W120" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X120" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y120" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="0" t="inlineStr">
         <is>
-          <t>4635WB</t>
+          <t>2164W</t>
         </is>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Aktiia B.V.</t>
+          <t>AKH Concepts Ltd</t>
         </is>
       </c>
       <c r="C121" s="0"/>
       <c r="D121" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="0" t="inlineStr">
         <is>
-          <t>1238B</t>
+          <t>4635WB</t>
         </is>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>Al McEvoy Battery Distributors</t>
+          <t>Aktiia B.V.</t>
         </is>
       </c>
       <c r="C122" s="0"/>
       <c r="D122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="0" t="inlineStr">
         <is>
-          <t>1193B</t>
+          <t>1238B</t>
         </is>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Alan Carty Sales &amp; Distribution</t>
+          <t>Al McEvoy Battery Distributors</t>
         </is>
       </c>
       <c r="C123" s="0"/>
       <c r="D123" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
@@ -15249,51 +15249,51 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N123" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O123" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P123" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -15301,306 +15301,306 @@
       </c>
       <c r="V123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W123" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X123" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y123" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="0" t="inlineStr">
         <is>
-          <t>2926B</t>
+          <t>1193B</t>
         </is>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Alavina Investments Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Alan Carty Sales &amp; Distribution</t>
+        </is>
+      </c>
+      <c r="C124" s="0"/>
       <c r="D124" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W124" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X124" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y124" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="0" t="inlineStr">
         <is>
-          <t>1118W</t>
+          <t>2926B</t>
         </is>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Albertross Audio Ltd</t>
-[...2 lines deleted...]
-      <c r="C125" s="0"/>
+          <t>Alavina Investments Ltd</t>
+        </is>
+      </c>
+      <c r="C125" s="0" t="inlineStr">
+        <is>
+          <t>J Donohoe</t>
+        </is>
+      </c>
       <c r="D125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U125" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V125" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="0" t="inlineStr">
         <is>
-          <t>193WB</t>
+          <t>1118W</t>
         </is>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>Alcatel-Lucent Ireland Ltd</t>
+          <t>Albertross Audio Ltd</t>
         </is>
       </c>
       <c r="C126" s="0"/>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
@@ -15632,221 +15632,221 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N126" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O126" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P126" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q126" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="0" t="inlineStr">
         <is>
-          <t>1183WB</t>
+          <t>193WB</t>
         </is>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Alcon Eye Care Ltd</t>
+          <t>Alcatel-Lucent Ireland Ltd</t>
         </is>
       </c>
       <c r="C127" s="0"/>
       <c r="D127" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="0" t="inlineStr">
         <is>
-          <t>140WB</t>
+          <t>1183WB</t>
         </is>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Aldi Stores (Ireland) Ltd</t>
+          <t>Alcon Eye Care Ltd</t>
         </is>
       </c>
       <c r="C128" s="0"/>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
@@ -15873,277 +15873,277 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N128" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O128" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P128" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="0" t="inlineStr">
         <is>
-          <t>2886WB</t>
+          <t>140WB</t>
         </is>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Alert Fire Safety Systems Ltd</t>
+          <t>Aldi Stores (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C129" s="0"/>
       <c r="D129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="0" t="inlineStr">
         <is>
-          <t>2761T</t>
+          <t>4783B</t>
         </is>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Alex Fuels Ltd</t>
+          <t>ALEAPOW TECHNOLOGY LIMITED</t>
         </is>
       </c>
       <c r="C130" s="0"/>
       <c r="D130" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N130" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O130" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P130" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q130" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R130" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -16166,425 +16166,425 @@
       </c>
       <c r="V130" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W130" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X130" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y130" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="0" t="inlineStr">
         <is>
-          <t>3324W</t>
+          <t>2886WB</t>
         </is>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Alfen ICU BV</t>
+          <t>Alert Fire Safety Systems Ltd</t>
         </is>
       </c>
       <c r="C131" s="0"/>
       <c r="D131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="0" t="inlineStr">
         <is>
-          <t>60W</t>
+          <t>2761T</t>
         </is>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Alfred Briggs Distributors Ltd</t>
+          <t>Alex Fuels Ltd</t>
         </is>
       </c>
       <c r="C132" s="0"/>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="0" t="inlineStr">
         <is>
-          <t>2070B</t>
+          <t>3324W</t>
         </is>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Aliana Ltd</t>
+          <t>Alfen ICU BV</t>
         </is>
       </c>
       <c r="C133" s="0"/>
       <c r="D133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O133" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="0" t="inlineStr">
         <is>
-          <t>759WB</t>
+          <t>60W</t>
         </is>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Alienware Ltd</t>
+          <t>Alfred Briggs Distributors Ltd</t>
         </is>
       </c>
       <c r="C134" s="0"/>
       <c r="D134" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
@@ -16658,56 +16658,56 @@
       </c>
       <c r="V134" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W134" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X134" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y134" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="0" t="inlineStr">
         <is>
-          <t>1288WB</t>
+          <t>2070B</t>
         </is>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>AliphCom</t>
+          <t>Aliana Ltd</t>
         </is>
       </c>
       <c r="C135" s="0"/>
       <c r="D135" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
@@ -16719,118 +16719,118 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="P135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="0" t="inlineStr">
         <is>
-          <t>1700WB</t>
+          <t>759WB</t>
         </is>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>All Electronics</t>
+          <t>Alienware Ltd</t>
         </is>
       </c>
       <c r="C136" s="0"/>
       <c r="D136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
@@ -16867,349 +16867,345 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R136" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T136" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U136" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V136" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W136" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X136" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y136" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="0" t="inlineStr">
         <is>
-          <t>662WB</t>
+          <t>1288WB</t>
         </is>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Allegro Ltd</t>
+          <t>AliphCom</t>
         </is>
       </c>
       <c r="C137" s="0"/>
       <c r="D137" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="0" t="inlineStr">
         <is>
-          <t>3069WB</t>
+          <t>1700WB</t>
         </is>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Allergan Pharmaceuticals International Ltd</t>
+          <t>All Electronics</t>
         </is>
       </c>
       <c r="C138" s="0"/>
       <c r="D138" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="0" t="inlineStr">
         <is>
-          <t>1878B</t>
+          <t>662WB</t>
         </is>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Alliance Automotive Group Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Allegro Ltd</t>
+        </is>
+      </c>
+      <c r="C139" s="0"/>
       <c r="D139" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -17245,88 +17241,88 @@
           <t>YES</t>
         </is>
       </c>
       <c r="P139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W139" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X139" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y139" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="0" t="inlineStr">
         <is>
-          <t>2716WB</t>
+          <t>3069WB</t>
         </is>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Allied Fire Protection Ltd</t>
+          <t>Allergan Pharmaceuticals International Ltd</t>
         </is>
       </c>
       <c r="C140" s="0"/>
       <c r="D140" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
@@ -17400,240 +17396,244 @@
       </c>
       <c r="V140" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W140" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X140" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y140" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="0" t="inlineStr">
         <is>
-          <t>1706WB</t>
+          <t>1878B</t>
         </is>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Allied Foods Ltd</t>
-[...2 lines deleted...]
-      <c r="C141" s="0"/>
+          <t>Alliance Automotive Group Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C141" s="0" t="inlineStr">
+        <is>
+          <t>J&amp;S Automotive Distributors</t>
+        </is>
+      </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T141" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U141" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V141" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="0" t="inlineStr">
         <is>
-          <t>2059W</t>
+          <t>2716WB</t>
         </is>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Allied Hardware &amp; Agri-Products Ltd</t>
+          <t>Allied Fire Protection Ltd</t>
         </is>
       </c>
       <c r="C142" s="0"/>
       <c r="D142" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N142" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O142" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -17646,726 +17646,726 @@
       </c>
       <c r="V142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="0" t="inlineStr">
         <is>
-          <t>1929WB</t>
+          <t>1706WB</t>
         </is>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Allied Imports Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Allied Foods Ltd</t>
+        </is>
+      </c>
+      <c r="C143" s="0"/>
       <c r="D143" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q143" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U143" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V143" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W143" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X143" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y143" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="0" t="inlineStr">
         <is>
-          <t>1915WB</t>
+          <t>2059W</t>
         </is>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Allied Logistics Ltd</t>
+          <t>Allied Hardware &amp; Agri-Products Ltd</t>
         </is>
       </c>
       <c r="C144" s="0"/>
       <c r="D144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q144" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="0" t="inlineStr">
         <is>
-          <t>3889WB</t>
+          <t>1929WB</t>
         </is>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Allied Merchants Buying Association Ltd</t>
-[...2 lines deleted...]
-      <c r="C145" s="0"/>
+          <t>Allied Imports Ltd</t>
+        </is>
+      </c>
+      <c r="C145" s="0" t="inlineStr">
+        <is>
+          <t>Tipperary Crystal</t>
+        </is>
+      </c>
       <c r="D145" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="0" t="inlineStr">
         <is>
-          <t>2372T</t>
+          <t>1915WB</t>
         </is>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Alloy Wheel &amp; Tyre Clinic Ltd</t>
+          <t>Allied Logistics Ltd</t>
         </is>
       </c>
       <c r="C146" s="0"/>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N146" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O146" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P146" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q146" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="R146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="0" t="inlineStr">
         <is>
-          <t>1062W</t>
+          <t>3889WB</t>
         </is>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Alpha Computer Clean Ltd</t>
+          <t>Allied Merchants Buying Association Ltd</t>
         </is>
       </c>
       <c r="C147" s="0"/>
       <c r="D147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V147" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="0" t="inlineStr">
         <is>
-          <t>3516W</t>
+          <t>2372T</t>
         </is>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Alpha View Ltd</t>
+          <t>Alloy Wheel &amp; Tyre Clinic Ltd</t>
         </is>
       </c>
       <c r="C148" s="0"/>
       <c r="D148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N148" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O148" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P148" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q148" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R148" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -18388,245 +18388,245 @@
       </c>
       <c r="V148" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W148" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X148" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y148" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="0" t="inlineStr">
         <is>
-          <t>2024WB</t>
+          <t>1062W</t>
         </is>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>AlphaTheta EMEA Ltd</t>
+          <t>Alpha Computer Clean Ltd</t>
         </is>
       </c>
       <c r="C149" s="0"/>
       <c r="D149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P149" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q149" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R149" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S149" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T149" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U149" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V149" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W149" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X149" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="0" t="inlineStr">
         <is>
-          <t>2049WB</t>
+          <t>3516W</t>
         </is>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Alumina Lighting Ltd</t>
+          <t>Alpha View Ltd</t>
         </is>
       </c>
       <c r="C150" s="0"/>
       <c r="D150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -18634,689 +18634,685 @@
       </c>
       <c r="V150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="0" t="inlineStr">
         <is>
-          <t>2356T</t>
+          <t>2024WB</t>
         </is>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Amagrin Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>AlphaTheta EMEA Ltd</t>
+        </is>
+      </c>
+      <c r="C151" s="0"/>
       <c r="D151" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N151" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O151" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P151" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q151" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R151" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S151" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T151" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U151" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V151" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W151" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X151" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y151" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="0" t="inlineStr">
         <is>
-          <t>3805W</t>
+          <t>2049WB</t>
         </is>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Amann Girrbach AG</t>
+          <t>Alumina Lighting Ltd</t>
         </is>
       </c>
       <c r="C152" s="0"/>
       <c r="D152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="0" t="inlineStr">
         <is>
-          <t>2126WB</t>
+          <t>2356T</t>
         </is>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Amazon Data Services Ireland Ltd</t>
-[...2 lines deleted...]
-      <c r="C153" s="0"/>
+          <t>Amagrin Ltd</t>
+        </is>
+      </c>
+      <c r="C153" s="0" t="inlineStr">
+        <is>
+          <t>Euro Tyre Sales</t>
+        </is>
+      </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="0" t="inlineStr">
         <is>
-          <t>1330WBT</t>
+          <t>3805W</t>
         </is>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Amazon EU Sarl</t>
-[...6 lines deleted...]
-      </c>
+          <t>Amann Girrbach AG</t>
+        </is>
+      </c>
+      <c r="C154" s="0"/>
       <c r="D154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N154" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O154" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P154" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="0" t="inlineStr">
         <is>
-          <t>1566WB</t>
+          <t>2126WB</t>
         </is>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Amazon Fulfillment Services Inc.</t>
+          <t>Amazon Data Services Ireland Ltd</t>
         </is>
       </c>
       <c r="C155" s="0"/>
       <c r="D155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N155" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="0" t="inlineStr">
         <is>
-          <t>138WB</t>
+          <t>1330WBT</t>
         </is>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Ambassador Communications Ltd</t>
+          <t>Amazon EU Sarl</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
-          <t>Homeline</t>
+          <t>Amazon EU</t>
         </is>
       </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -19337,236 +19333,236 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="0" t="inlineStr">
         <is>
-          <t>4612WB</t>
+          <t>1566WB</t>
         </is>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>American Good Partner Sports Accessories INC</t>
+          <t>Amazon Fulfillment Services Inc.</t>
         </is>
       </c>
       <c r="C157" s="0"/>
       <c r="D157" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U157" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V157" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W157" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X157" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y157" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="0" t="inlineStr">
         <is>
-          <t>2034WB</t>
+          <t>138WB</t>
         </is>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>American Video Equipment (Europe) Ltd</t>
+          <t>Ambassador Communications Ltd</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
-          <t>AVE Europe Ltd</t>
+          <t>Homeline</t>
         </is>
       </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -19602,631 +19598,635 @@
           <t>YES</t>
         </is>
       </c>
       <c r="P158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T158" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U158" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V158" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W158" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X158" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y158" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="0" t="inlineStr">
         <is>
-          <t>1850W</t>
+          <t>4612WB</t>
         </is>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Amica Wronki S.A.</t>
+          <t>American Good Partner Sports Accessories INC</t>
         </is>
       </c>
       <c r="C159" s="0"/>
       <c r="D159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N159" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O159" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P159" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q159" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="0" t="inlineStr">
         <is>
-          <t>688W</t>
+          <t>2034WB</t>
         </is>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Amket Ltd</t>
-[...2 lines deleted...]
-      <c r="C160" s="0"/>
+          <t>American Video Equipment (Europe) Ltd</t>
+        </is>
+      </c>
+      <c r="C160" s="0" t="inlineStr">
+        <is>
+          <t>AVE Europe Ltd</t>
+        </is>
+      </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="0" t="inlineStr">
         <is>
-          <t>734WB</t>
+          <t>1850W</t>
         </is>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>AMO Ireland</t>
+          <t>Amica Wronki S.A.</t>
         </is>
       </c>
       <c r="C161" s="0"/>
       <c r="D161" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="0" t="inlineStr">
         <is>
-          <t>719WB</t>
+          <t>688W</t>
         </is>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Amway (UK) Ltd</t>
+          <t>Amket Ltd</t>
         </is>
       </c>
       <c r="C162" s="0"/>
       <c r="D162" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="J162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q162" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R162" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S162" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T162" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U162" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V162" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W162" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X162" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Y162" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="0" t="inlineStr">
         <is>
-          <t>1983W</t>
+          <t>734WB</t>
         </is>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Anacapa Holdings Ltd</t>
+          <t>AMO Ireland</t>
         </is>
       </c>
       <c r="C163" s="0"/>
       <c r="D163" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J163" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K163" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -20242,129 +20242,129 @@
           <t>YES</t>
         </is>
       </c>
       <c r="U163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="0" t="inlineStr">
         <is>
-          <t>2682WB</t>
+          <t>719WB</t>
         </is>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Analab Analytical Laboratory Supplies Ltd</t>
+          <t>Amway (UK) Ltd</t>
         </is>
       </c>
       <c r="C164" s="0"/>
       <c r="D164" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N164" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O164" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P164" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -20372,56 +20372,56 @@
       </c>
       <c r="V164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y164" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="0" t="inlineStr">
         <is>
-          <t>1154W</t>
+          <t>1983W</t>
         </is>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Ancove Enterprises Ltd</t>
+          <t>Anacapa Holdings Ltd</t>
         </is>
       </c>
       <c r="C165" s="0"/>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
@@ -20433,188 +20433,184 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N165" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O165" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P165" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q165" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R165" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S165" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T165" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U165" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V165" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W165" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X165" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y165" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="0" t="inlineStr">
         <is>
-          <t>2887T</t>
+          <t>2682WB</t>
         </is>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Andrew Hourigan Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Analab Analytical Laboratory Supplies Ltd</t>
+        </is>
+      </c>
+      <c r="C166" s="0"/>
       <c r="D166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q166" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R166" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S166" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T166" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U166" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -20622,56 +20618,56 @@
       </c>
       <c r="V166" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W166" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X166" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y166" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="0" t="inlineStr">
         <is>
-          <t>1406W</t>
+          <t>1154W</t>
         </is>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Andrew Ryan Traditional &amp; Modern Furniture Ltd</t>
+          <t>Ancove Enterprises Ltd</t>
         </is>
       </c>
       <c r="C167" s="0"/>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
@@ -20723,827 +20719,827 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R167" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S167" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T167" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="U167" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y167" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="0" t="inlineStr">
         <is>
-          <t>2841T</t>
+          <t>2887T</t>
         </is>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Andrew's Auto Repairs</t>
-[...2 lines deleted...]
-      <c r="C168" s="0"/>
+          <t>Andrew Hourigan Ltd</t>
+        </is>
+      </c>
+      <c r="C168" s="0" t="inlineStr">
+        <is>
+          <t>Hourigans Motorcycles</t>
+        </is>
+      </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J168" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K168" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="0" t="inlineStr">
         <is>
-          <t>906W</t>
+          <t>1406W</t>
         </is>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Anglo Irish Refrigeration Company Ltd</t>
+          <t>Andrew Ryan Traditional &amp; Modern Furniture Ltd</t>
         </is>
       </c>
       <c r="C169" s="0"/>
       <c r="D169" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U169" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="0" t="inlineStr">
         <is>
-          <t>4481WB</t>
+          <t>2841T</t>
         </is>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Anker Solix Technology (UK) Ltd.</t>
+          <t>Andrew's Auto Repairs</t>
         </is>
       </c>
       <c r="C170" s="0"/>
       <c r="D170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="0" t="inlineStr">
         <is>
-          <t>4666WB</t>
+          <t>906W</t>
         </is>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Anker Solix Technology Deutschland GmbH</t>
+          <t>Anglo Irish Refrigeration Company Ltd</t>
         </is>
       </c>
       <c r="C171" s="0"/>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y171" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="0" t="inlineStr">
         <is>
-          <t>2093WB</t>
+          <t>4869WB</t>
         </is>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Anker Technologies (UK) Ltd</t>
-[...2 lines deleted...]
-      <c r="C172" s="0"/>
+          <t>ANJNJ LTD</t>
+        </is>
+      </c>
+      <c r="C172" s="0" t="inlineStr">
+        <is>
+          <t>ITSTAR</t>
+        </is>
+      </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O172" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="0" t="inlineStr">
         <is>
-          <t>1838WB</t>
+          <t>4481WB</t>
         </is>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Ann Summers Ireland (Retail) Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anker Solix Technology (UK) Ltd.</t>
+        </is>
+      </c>
+      <c r="C173" s="0"/>
       <c r="D173" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E173" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E173" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V173" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W173" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X173" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y173" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="0" t="inlineStr">
         <is>
-          <t>4631W</t>
+          <t>4666WB</t>
         </is>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Annix Software Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anker Solix Technology Deutschland GmbH</t>
+        </is>
+      </c>
+      <c r="C174" s="0"/>
       <c r="D174" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
@@ -21614,121 +21610,117 @@
       </c>
       <c r="V174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y174" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>3209WB</t>
+          <t>2093WB</t>
         </is>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>Ansell (Sales &amp; Distribution) Republic of Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anker Technologies (UK) Ltd</t>
+        </is>
+      </c>
+      <c r="C175" s="0"/>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P175" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q175" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R175" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S175" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T175" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -21741,230 +21733,238 @@
       </c>
       <c r="V175" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W175" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X175" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y175" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="0" t="inlineStr">
         <is>
-          <t>4214B</t>
+          <t>1838WB</t>
         </is>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Anshiyou(shenzhen)keji Co., Ltd.</t>
-[...2 lines deleted...]
-      <c r="C176" s="0"/>
+          <t>Ann Summers Ireland (Retail) Ltd</t>
+        </is>
+      </c>
+      <c r="C176" s="0" t="inlineStr">
+        <is>
+          <t>Ann Summers</t>
+        </is>
+      </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V176" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W176" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X176" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y176" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="0" t="inlineStr">
         <is>
-          <t>2471T</t>
+          <t>4631W</t>
         </is>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Antan Ltd</t>
-[...2 lines deleted...]
-      <c r="C177" s="0"/>
+          <t>Annix Software Ltd</t>
+        </is>
+      </c>
+      <c r="C177" s="0" t="inlineStr">
+        <is>
+          <t>Quest Systems</t>
+        </is>
+      </c>
       <c r="D177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N177" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O177" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P177" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q177" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R177" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -21987,1241 +21987,1245 @@
       </c>
       <c r="V177" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W177" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X177" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y177" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="0" t="inlineStr">
         <is>
-          <t>867WB</t>
+          <t>3209WB</t>
         </is>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>Anthony Ryan Ltd</t>
-[...2 lines deleted...]
-      <c r="C178" s="0"/>
+          <t>Ansell (Sales &amp; Distribution) Republic of Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C178" s="0" t="inlineStr">
+        <is>
+          <t>Ansell Sales &amp; Distribution Republic of Ireland</t>
+        </is>
+      </c>
       <c r="D178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="0" t="inlineStr">
         <is>
-          <t>867W</t>
+          <t>4214B</t>
         </is>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Anthony Ryan, Ltd</t>
+          <t>Anshiyou(shenzhen)keji Co., Ltd.</t>
         </is>
       </c>
       <c r="C179" s="0"/>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="0" t="inlineStr">
         <is>
-          <t>669W</t>
+          <t>2471T</t>
         </is>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Anthony Tully Components Ltd</t>
+          <t>Antan Ltd</t>
         </is>
       </c>
       <c r="C180" s="0"/>
       <c r="D180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="0" t="inlineStr">
         <is>
-          <t>2176WB</t>
+          <t>867WB</t>
         </is>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Anveck Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anthony Ryan Ltd</t>
+        </is>
+      </c>
+      <c r="C181" s="0"/>
       <c r="D181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="0" t="inlineStr">
         <is>
-          <t>2920WB</t>
+          <t>867W</t>
         </is>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Anylamp B.V.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anthony Ryan, Ltd</t>
+        </is>
+      </c>
+      <c r="C182" s="0"/>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q182" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R182" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S182" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T182" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U182" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V182" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W182" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X182" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y182" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="0" t="inlineStr">
         <is>
-          <t>4553WB</t>
+          <t>669W</t>
         </is>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Anzacare Limited</t>
-[...6 lines deleted...]
-      </c>
+          <t>Anthony Tully Components Ltd</t>
+        </is>
+      </c>
+      <c r="C183" s="0"/>
       <c r="D183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y183" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="0" t="inlineStr">
         <is>
-          <t>3680WB</t>
+          <t>3811W</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>Aosom Ireland Ltd</t>
+          <t>Anton Paar TorqueTec GmbH </t>
         </is>
       </c>
       <c r="C184" s="0"/>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="0" t="inlineStr">
         <is>
-          <t>1780W</t>
+          <t>2176WB</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Apex Controls Ltd</t>
-[...2 lines deleted...]
-      <c r="C185" s="0"/>
+          <t>Anveck Ltd</t>
+        </is>
+      </c>
+      <c r="C185" s="0" t="inlineStr">
+        <is>
+          <t>SQ9</t>
+        </is>
+      </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X185" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y185" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="0" t="inlineStr">
         <is>
-          <t>2658W</t>
+          <t>2920WB</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Apogee Corporation (Ireland) Ltd</t>
-[...2 lines deleted...]
-      <c r="C186" s="0"/>
+          <t>Anylamp B.V.</t>
+        </is>
+      </c>
+      <c r="C186" s="0" t="inlineStr">
+        <is>
+          <t>Evert Hujis</t>
+        </is>
+      </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N186" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O186" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P186" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="0" t="inlineStr">
         <is>
-          <t>4163WB</t>
+          <t>4553WB</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Apollo Fire Detectors Ltd</t>
-[...2 lines deleted...]
-      <c r="C187" s="0"/>
+          <t>Anzacare Limited</t>
+        </is>
+      </c>
+      <c r="C187" s="0" t="inlineStr">
+        <is>
+          <t>DRI Sleeper</t>
+        </is>
+      </c>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J187" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N187" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O187" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P187" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q187" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R187" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S187" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T187" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U187" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -23229,675 +23233,675 @@
       </c>
       <c r="V187" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W187" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X187" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y187" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="0" t="inlineStr">
         <is>
-          <t>1807WB</t>
+          <t>3680WB</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Apple Distribution International Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Aosom Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C188" s="0"/>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S188" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T188" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U188" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V188" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W188" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X188" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y188" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="0" t="inlineStr">
         <is>
-          <t>411WB</t>
+          <t>1780W</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Apple Sales International</t>
+          <t>Apex Controls Ltd</t>
         </is>
       </c>
       <c r="C189" s="0"/>
       <c r="D189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S189" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T189" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U189" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V189" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W189" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="0" t="inlineStr">
         <is>
-          <t>1005WB</t>
+          <t>2658W</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Appleby Jewellers Ltd</t>
+          <t>Apogee Corporation (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C190" s="0"/>
       <c r="D190" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="0" t="inlineStr">
         <is>
-          <t>4216B</t>
+          <t>4163WB</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Appliance Development Services Ltd</t>
+          <t>Apollo Fire Detectors Ltd</t>
         </is>
       </c>
       <c r="C191" s="0"/>
       <c r="D191" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E191" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E191" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="O191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="P191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="Q191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>2655W</t>
+          <t>1807WB</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Appliance House Ltd</t>
-[...2 lines deleted...]
-      <c r="C192" s="0"/>
+          <t>Apple Distribution International Ltd</t>
+        </is>
+      </c>
+      <c r="C192" s="0" t="inlineStr">
+        <is>
+          <t>Apple</t>
+        </is>
+      </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N192" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O192" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P192" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q192" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R192" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>246WB</t>
+          <t>411WB</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Appliance Sales &amp; Distribution Ltd</t>
+          <t>Apple Sales International</t>
         </is>
       </c>
       <c r="C193" s="0"/>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
@@ -23934,861 +23938,857 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R193" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T193" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U193" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V193" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W193" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X193" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y193" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="0" t="inlineStr">
         <is>
-          <t>1009WB</t>
+          <t>1005WB</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Appliance Technology Ltd</t>
+          <t>Appleby Jewellers Ltd</t>
         </is>
       </c>
       <c r="C194" s="0"/>
       <c r="D194" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J194" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N194" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O194" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P194" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q194" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R194" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>1434W</t>
+          <t>4216B</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Applied Lighting</t>
+          <t>Appliance Development Services Ltd</t>
         </is>
       </c>
       <c r="C195" s="0"/>
       <c r="D195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P195" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="0" t="inlineStr">
         <is>
-          <t>4749W</t>
+          <t>2655W</t>
         </is>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Applied Medical Ireland Ltd</t>
+          <t>Appliance House Ltd</t>
         </is>
       </c>
       <c r="C196" s="0"/>
       <c r="D196" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="0" t="inlineStr">
         <is>
-          <t>3564T</t>
+          <t>246WB</t>
         </is>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Applus Inspection Services Ireland Ltd</t>
+          <t>Appliance Sales &amp; Distribution Ltd</t>
         </is>
       </c>
       <c r="C197" s="0"/>
       <c r="D197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="0" t="inlineStr">
         <is>
-          <t>3364WB</t>
+          <t>1009WB</t>
         </is>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>Apption Labs GmbH</t>
+          <t>Appliance Technology Ltd</t>
         </is>
       </c>
       <c r="C198" s="0"/>
       <c r="D198" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="0" t="inlineStr">
         <is>
-          <t>4734WB</t>
+          <t>1434W</t>
         </is>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Aqara LLC</t>
-[...6 lines deleted...]
-      </c>
+          <t>Applied Lighting</t>
+        </is>
+      </c>
+      <c r="C199" s="0"/>
       <c r="D199" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="0" t="inlineStr">
         <is>
-          <t>3809WB</t>
+          <t>4749W</t>
         </is>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Aquaphor International OU</t>
+          <t>Applied Medical Ireland Ltd</t>
         </is>
       </c>
       <c r="C200" s="0"/>
       <c r="D200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -24836,1183 +24836,1183 @@
       </c>
       <c r="V200" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W200" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X200" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y200" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="0" t="inlineStr">
         <is>
-          <t>1444W</t>
+          <t>3564T</t>
         </is>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Aquasource Distributors Ltd</t>
+          <t>Applus Inspection Services Ireland Ltd</t>
         </is>
       </c>
       <c r="C201" s="0"/>
       <c r="D201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="0" t="inlineStr">
         <is>
-          <t>1061W</t>
+          <t>3364WB</t>
         </is>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Aquatec</t>
+          <t>Apption Labs GmbH</t>
         </is>
       </c>
       <c r="C202" s="0"/>
       <c r="D202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="0" t="inlineStr">
         <is>
-          <t>1657WB</t>
+          <t>4734WB</t>
         </is>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Aquawatch Ltd</t>
-[...2 lines deleted...]
-      <c r="C203" s="0"/>
+          <t>Aqara LLC</t>
+        </is>
+      </c>
+      <c r="C203" s="0" t="inlineStr">
+        <is>
+          <t>Aqara</t>
+        </is>
+      </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="0" t="inlineStr">
         <is>
-          <t>650WB</t>
+          <t>3809WB</t>
         </is>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Aquilant Medical (ROI) Ltd</t>
+          <t>Aquaphor International OU</t>
         </is>
       </c>
       <c r="C204" s="0"/>
       <c r="D204" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="0" t="inlineStr">
         <is>
-          <t>2853BT</t>
+          <t>1444W</t>
         </is>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Ara Motors Azrb Ltd</t>
+          <t>Aquasource Distributors Ltd</t>
         </is>
       </c>
       <c r="C205" s="0"/>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V205" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W205" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X205" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y205" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="0" t="inlineStr">
         <is>
-          <t>564W</t>
+          <t>1061W</t>
         </is>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Arc Tec Welding Ltd</t>
+          <t>Aquatec</t>
         </is>
       </c>
       <c r="C206" s="0"/>
       <c r="D206" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="0" t="inlineStr">
         <is>
-          <t>3494WB</t>
+          <t>1657WB</t>
         </is>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Arccos Golf B.V.</t>
+          <t>Aquawatch Ltd</t>
         </is>
       </c>
       <c r="C207" s="0"/>
       <c r="D207" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="0" t="inlineStr">
         <is>
-          <t>3632W</t>
+          <t>650WB</t>
         </is>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Archilux Lighting Ltd</t>
+          <t>Aquilant Medical (ROI) Ltd</t>
         </is>
       </c>
       <c r="C208" s="0"/>
       <c r="D208" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="0" t="inlineStr">
         <is>
-          <t>1651WB</t>
+          <t>2853BT</t>
         </is>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Arco Safety Ltd</t>
+          <t>Ara Motors Azrb Ltd</t>
         </is>
       </c>
       <c r="C209" s="0"/>
       <c r="D209" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q209" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R209" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S209" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T209" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U209" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V209" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W209" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X209" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y209" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="0" t="inlineStr">
         <is>
-          <t>2567WB</t>
+          <t>564W</t>
         </is>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Ardam Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Arc Tec Welding Ltd</t>
+        </is>
+      </c>
+      <c r="C210" s="0"/>
       <c r="D210" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -26023,989 +26023,993 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="0" t="inlineStr">
         <is>
-          <t>2340T</t>
+          <t>3494WB</t>
         </is>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Ardara Autoparts &amp; Graphics Ltd</t>
+          <t>Arccos Golf B.V.</t>
         </is>
       </c>
       <c r="C211" s="0"/>
       <c r="D211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="0" t="inlineStr">
         <is>
-          <t>1653WB</t>
+          <t>3632W</t>
         </is>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Ardilaun Electrical Services Ltd</t>
+          <t>Archilux Lighting Ltd</t>
         </is>
       </c>
       <c r="C212" s="0"/>
       <c r="D212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W212" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X212" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y212" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="0" t="inlineStr">
         <is>
-          <t>295WB</t>
+          <t>1651WB</t>
         </is>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Argos Distributors (Ireland) Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Arco Safety Ltd</t>
+        </is>
+      </c>
+      <c r="C213" s="0"/>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="0" t="inlineStr">
         <is>
-          <t>1976WB</t>
+          <t>4655WB</t>
         </is>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Arista Networks Ltd</t>
+          <t>Arctic GmbH</t>
         </is>
       </c>
       <c r="C214" s="0"/>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="O214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="P214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="Q214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="0" t="inlineStr">
         <is>
-          <t>1885W</t>
+          <t>2567WB</t>
         </is>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Aristospray UK</t>
-[...2 lines deleted...]
-      <c r="C215" s="0"/>
+          <t>Ardam Ltd</t>
+        </is>
+      </c>
+      <c r="C215" s="0" t="inlineStr">
+        <is>
+          <t>Atlantic IT</t>
+        </is>
+      </c>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R215" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S215" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T215" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U215" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V215" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W215" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X215" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y215" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="0" t="inlineStr">
         <is>
-          <t>313WB</t>
+          <t>2340T</t>
         </is>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Arjo (Ireland) Ltd</t>
+          <t>Ardara Autoparts &amp; Graphics Ltd</t>
         </is>
       </c>
       <c r="C216" s="0"/>
       <c r="D216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="0" t="inlineStr">
         <is>
-          <t>3301W</t>
+          <t>1653WB</t>
         </is>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Arklow Electrical Wholesalers Ltd</t>
+          <t>Ardilaun Electrical Services Ltd</t>
         </is>
       </c>
       <c r="C217" s="0"/>
       <c r="D217" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V217" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W217" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X217" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y217" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="0" t="inlineStr">
         <is>
-          <t>684WB</t>
+          <t>295WB</t>
         </is>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Arkphire Ireland Ltd</t>
-[...2 lines deleted...]
-      <c r="C218" s="0"/>
+          <t>Argos Distributors (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C218" s="0" t="inlineStr">
+        <is>
+          <t>Argos</t>
+        </is>
+      </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E218" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="F218" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="G218" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
-        </is>
-[...13 lines deleted...]
-          <t>YES</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -27058,332 +27062,328 @@
       </c>
       <c r="V218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="0" t="inlineStr">
         <is>
-          <t>2629WB</t>
+          <t>1976WB</t>
         </is>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Arlo Technologies International Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Arista Networks Ltd</t>
+        </is>
+      </c>
+      <c r="C219" s="0"/>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N219" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O219" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P219" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q219" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R219" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S219" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="0" t="inlineStr">
         <is>
-          <t>1257B</t>
+          <t>1885W</t>
         </is>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Armalou Ltd</t>
+          <t>Aristospray UK</t>
         </is>
       </c>
       <c r="C220" s="0"/>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J220" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W220" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X220" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y220" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="0" t="inlineStr">
         <is>
-          <t>439WB</t>
+          <t>313WB</t>
         </is>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Armstrong Electronics Ltd</t>
+          <t>Arjo (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C221" s="0"/>
       <c r="D221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -27431,87 +27431,87 @@
       </c>
       <c r="V221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="0" t="inlineStr">
         <is>
-          <t>3818W</t>
+          <t>3301W</t>
         </is>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>ARNO GmbH</t>
+          <t>Arklow Electrical Wholesalers Ltd</t>
         </is>
       </c>
       <c r="C222" s="0"/>
       <c r="D222" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E222" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F222" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H222" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I222" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -27554,921 +27554,921 @@
       </c>
       <c r="V222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y222" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="0" t="inlineStr">
         <is>
-          <t>3803W</t>
+          <t>684WB</t>
         </is>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>Arnold &amp; Richter Cine Technik GmbH &amp; Co. Betriebs KG</t>
+          <t>Arkphire Ireland Ltd</t>
         </is>
       </c>
       <c r="C223" s="0"/>
       <c r="D223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="0" t="inlineStr">
         <is>
-          <t>4319WB</t>
+          <t>2629WB</t>
         </is>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>Aroha Electronics Ltd</t>
-[...2 lines deleted...]
-      <c r="C224" s="0"/>
+          <t>Arlo Technologies International Ltd</t>
+        </is>
+      </c>
+      <c r="C224" s="0" t="inlineStr">
+        <is>
+          <t>Arlo</t>
+        </is>
+      </c>
       <c r="D224" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="0" t="inlineStr">
         <is>
-          <t>256WB</t>
+          <t>1257B</t>
         </is>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>Arqiva Ltd</t>
+          <t>Armalou Ltd</t>
         </is>
       </c>
       <c r="C225" s="0"/>
       <c r="D225" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E225" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F225" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H225" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I225" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J225" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="0" t="inlineStr">
         <is>
-          <t>2415T</t>
+          <t>439WB</t>
         </is>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>Arra Tyres Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Armstrong Electronics Ltd</t>
+        </is>
+      </c>
+      <c r="C226" s="0"/>
       <c r="D226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I226" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J226" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K226" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L226" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M226" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N226" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O226" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P226" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q226" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R226" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S226" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T226" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U226" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V226" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W226" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X226" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y226" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="0" t="inlineStr">
         <is>
-          <t>2067WB</t>
+          <t>3818W</t>
         </is>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
-          <t>Arrow Central Europe GmbH</t>
+          <t>ARNO GmbH</t>
         </is>
       </c>
       <c r="C227" s="0"/>
       <c r="D227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E227" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F227" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H227" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I227" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J227" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K227" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L227" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M227" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N227" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O227" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P227" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="0" t="inlineStr">
         <is>
-          <t>1593W</t>
+          <t>3803W</t>
         </is>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
-          <t>Arrow ECS (Ireland) Ltd</t>
+          <t>Arnold &amp; Richter Cine Technik GmbH &amp; Co. Betriebs KG</t>
         </is>
       </c>
       <c r="C228" s="0"/>
       <c r="D228" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E228" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F228" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H228" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I228" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W228" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X228" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y228" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="0" t="inlineStr">
         <is>
-          <t>828WB</t>
+          <t>4319WB</t>
         </is>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
-          <t>Arrow Emergency Lighting Ltd</t>
+          <t>Aroha Electronics Ltd</t>
         </is>
       </c>
       <c r="C229" s="0"/>
       <c r="D229" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E229" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="0" t="inlineStr">
         <is>
-          <t>3119BT</t>
+          <t>256WB</t>
         </is>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
-          <t>Arthur Auto Sales Ltd</t>
+          <t>Arqiva Ltd</t>
         </is>
       </c>
       <c r="C230" s="0"/>
       <c r="D230" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E230" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F230" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H230" s="0" t="inlineStr">
         <is>
@@ -28485,179 +28485,183 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K230" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L230" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M230" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N230" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="0" t="inlineStr">
         <is>
-          <t>4655WB</t>
+          <t>2415T</t>
         </is>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
-          <t>Artic GmbH</t>
-[...2 lines deleted...]
-      <c r="C231" s="0"/>
+          <t>Arra Tyres Ltd</t>
+        </is>
+      </c>
+      <c r="C231" s="0" t="inlineStr">
+        <is>
+          <t>Nenagh Tyre Centre</t>
+        </is>
+      </c>
       <c r="D231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P231" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q231" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R231" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S231" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T231" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U231" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -28665,215 +28669,215 @@
       </c>
       <c r="V231" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W231" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X231" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y231" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="0" t="inlineStr">
         <is>
-          <t>2048WB</t>
+          <t>2067WB</t>
         </is>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
-          <t>Aruana Consulting Ltd</t>
+          <t>Arrow Central Europe GmbH</t>
         </is>
       </c>
       <c r="C232" s="0"/>
       <c r="D232" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H232" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I232" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J232" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K232" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L232" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M232" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N232" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O232" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="0" t="inlineStr">
         <is>
-          <t>1755WB</t>
+          <t>1593W</t>
         </is>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
-          <t>Arvato SCM Ireland Ltd</t>
+          <t>Arrow ECS (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C233" s="0"/>
       <c r="D233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K233" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L233" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M233" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N233" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O233" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -28889,78 +28893,78 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R233" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S233" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T233" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U233" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V233" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="0" t="inlineStr">
         <is>
-          <t>720W</t>
+          <t>828WB</t>
         </is>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
-          <t>Aryzta Food Solutions Ireland UC</t>
+          <t>Arrow Emergency Lighting Ltd</t>
         </is>
       </c>
       <c r="C234" s="0"/>
       <c r="D234" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H234" s="0" t="inlineStr">
         <is>
@@ -29034,107 +29038,111 @@
       </c>
       <c r="V234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y234" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="0" t="inlineStr">
         <is>
-          <t>2261T</t>
+          <t>4846B</t>
         </is>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
-          <t>As New Tyres</t>
-[...2 lines deleted...]
-      <c r="C235" s="0"/>
+          <t>ART TOOL USA INCORPORATED</t>
+        </is>
+      </c>
+      <c r="C235" s="0" t="inlineStr">
+        <is>
+          <t>39-2264311</t>
+        </is>
+      </c>
       <c r="D235" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N235" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O235" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P235" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q235" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R235" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -29157,179 +29165,179 @@
       </c>
       <c r="V235" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W235" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X235" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y235" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="0" t="inlineStr">
         <is>
-          <t>3642WB</t>
+          <t>3119BT</t>
         </is>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
-          <t>Asahi Kasei Bioprocess Europe S.A./N.V.</t>
+          <t>Arthur Auto Sales Ltd</t>
         </is>
       </c>
       <c r="C236" s="0"/>
       <c r="D236" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W236" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X236" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y236" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="0" t="inlineStr">
         <is>
-          <t>552WB</t>
+          <t>2048WB</t>
         </is>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
-          <t>Asbis Ltd</t>
+          <t>Aruana Consulting Ltd</t>
         </is>
       </c>
       <c r="C237" s="0"/>
       <c r="D237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H237" s="0" t="inlineStr">
         <is>
@@ -29341,922 +29349,922 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M237" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N237" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O237" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="0" t="inlineStr">
         <is>
-          <t>3810WB</t>
+          <t>1755WB</t>
         </is>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
-          <t>ASBISc Enterprises PLC</t>
+          <t>Arvato SCM Ireland Ltd</t>
         </is>
       </c>
       <c r="C238" s="0"/>
       <c r="D238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E238" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F238" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G238" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H238" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I238" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="0" t="inlineStr">
         <is>
-          <t>3501W</t>
+          <t>720W</t>
         </is>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
-          <t>Ascent Information Technology Ltd</t>
+          <t>Aryzta Food Solutions Ireland UC</t>
         </is>
       </c>
       <c r="C239" s="0"/>
       <c r="D239" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L239" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M239" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N239" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O239" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P239" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="0" t="inlineStr">
         <is>
-          <t>3804WB</t>
+          <t>2261T</t>
         </is>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
-          <t>ASCI Service GmbH</t>
+          <t>As New Tyres</t>
         </is>
       </c>
       <c r="C240" s="0"/>
       <c r="D240" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="0" t="inlineStr">
         <is>
-          <t>3723W</t>
+          <t>3642WB</t>
         </is>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
-          <t>ASD Lighting PLC</t>
+          <t>Asahi Kasei Bioprocess Europe S.A./N.V.</t>
         </is>
       </c>
       <c r="C241" s="0"/>
       <c r="D241" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="0" t="inlineStr">
         <is>
-          <t>3670W</t>
+          <t>552WB</t>
         </is>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
-          <t>Asetek Danmark A/S</t>
+          <t>Asbis Ltd</t>
         </is>
       </c>
       <c r="C242" s="0"/>
       <c r="D242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="0" t="inlineStr">
         <is>
-          <t>490W</t>
+          <t>3810WB</t>
         </is>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
-          <t>Ash Technologies Ltd</t>
+          <t>ASBISc Enterprises PLC</t>
         </is>
       </c>
       <c r="C243" s="0"/>
       <c r="D243" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="0" t="inlineStr">
         <is>
-          <t>2452T</t>
+          <t>3501W</t>
         </is>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
-          <t>Ashbourne Tyre Centre Ltd</t>
+          <t>Ascent Information Technology Ltd</t>
         </is>
       </c>
       <c r="C244" s="0"/>
       <c r="D244" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N244" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O244" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P244" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -30264,358 +30272,358 @@
       </c>
       <c r="V244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y244" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="0" t="inlineStr">
         <is>
-          <t>1349B</t>
+          <t>3804WB</t>
         </is>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
-          <t>Ashgrove Interparts Ltd</t>
+          <t>ASCI Service GmbH</t>
         </is>
       </c>
       <c r="C245" s="0"/>
       <c r="D245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W245" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X245" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y245" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="0" t="inlineStr">
         <is>
-          <t>436W</t>
+          <t>3723W</t>
         </is>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
-          <t>Ashmore Millington and McCormick Ltd</t>
+          <t>ASD Lighting PLC</t>
         </is>
       </c>
       <c r="C246" s="0"/>
       <c r="D246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="0" t="inlineStr">
         <is>
-          <t>3952W</t>
+          <t>4872T</t>
         </is>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
-          <t>ASK4 Ireland Ltd</t>
+          <t>ASD Mechanical Services Ltd</t>
         </is>
       </c>
       <c r="C247" s="0"/>
       <c r="D247" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E247" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="F247" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G247" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H247" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I247" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J247" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K247" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L247" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M247" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N247" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -30633,112 +30641,112 @@
       </c>
       <c r="V247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="0" t="inlineStr">
         <is>
-          <t>2113W</t>
+          <t>3670W</t>
         </is>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
-          <t>Askey Computer Corp.</t>
+          <t>Asetek Danmark A/S</t>
         </is>
       </c>
       <c r="C248" s="0"/>
       <c r="D248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O248" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P248" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q248" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R248" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S248" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -30756,333 +30764,333 @@
       </c>
       <c r="V248" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W248" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X248" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y248" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="0" t="inlineStr">
         <is>
-          <t>261WB</t>
+          <t>490W</t>
         </is>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
-          <t>ASL Appliances Ltd</t>
+          <t>Ash Technologies Ltd</t>
         </is>
       </c>
       <c r="C249" s="0"/>
       <c r="D249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R249" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="0" t="inlineStr">
         <is>
-          <t>3830WB</t>
+          <t>2452T</t>
         </is>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
-          <t>ASMPT GmbH &amp; Co. KG</t>
+          <t>Ashbourne Tyre Centre Ltd</t>
         </is>
       </c>
       <c r="C250" s="0"/>
       <c r="D250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N250" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O250" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P250" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q250" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R250" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S250" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="0" t="inlineStr">
         <is>
-          <t>2004WB</t>
+          <t>1349B</t>
         </is>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
-          <t>ASOS.com Ltd</t>
+          <t>Ashgrove Interparts Ltd</t>
         </is>
       </c>
       <c r="C251" s="0"/>
       <c r="D251" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E251" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F251" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G251" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H251" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I251" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -31108,1254 +31116,1250 @@
           <t>YES</t>
         </is>
       </c>
       <c r="S251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W251" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X251" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y251" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="0" t="inlineStr">
         <is>
-          <t>1699W</t>
+          <t>436W</t>
         </is>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
-          <t>Aspect Software Ireland Ltd</t>
+          <t>Ashmore Millington and McCormick Ltd</t>
         </is>
       </c>
       <c r="C252" s="0"/>
       <c r="D252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T252" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U252" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V252" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W252" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X252" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y252" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="0" t="inlineStr">
         <is>
-          <t>1783W</t>
+          <t>3952W</t>
         </is>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
-          <t>Associated Catering Equipment Ltd</t>
+          <t>ASK4 Ireland Ltd</t>
         </is>
       </c>
       <c r="C253" s="0"/>
       <c r="D253" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E253" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F253" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G253" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H253" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I253" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="O253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="0" t="inlineStr">
         <is>
-          <t>1656WB</t>
+          <t>2113W</t>
         </is>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
-          <t>Associated Hardware PLC</t>
-[...6 lines deleted...]
-      </c>
+          <t>Askey Computer Corp.</t>
+        </is>
+      </c>
+      <c r="C254" s="0"/>
       <c r="D254" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E254" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F254" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="0" t="inlineStr">
         <is>
-          <t>3034WB</t>
+          <t>261WB</t>
         </is>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
-          <t>Astarri A/S</t>
+          <t>ASL Appliances Ltd</t>
         </is>
       </c>
       <c r="C255" s="0"/>
       <c r="D255" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E255" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F255" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G255" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H255" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I255" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J255" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K255" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="0" t="inlineStr">
         <is>
-          <t>4484WB</t>
+          <t>3830WB</t>
         </is>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
-          <t>Astatine Ltd</t>
+          <t>ASMPT GmbH &amp; Co. KG</t>
         </is>
       </c>
       <c r="C256" s="0"/>
       <c r="D256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E256" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F256" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G256" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="0" t="inlineStr">
         <is>
-          <t>3075WB</t>
+          <t>2004WB</t>
         </is>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
-          <t>Astral Healthcare Ltd</t>
+          <t>ASOS.com Ltd</t>
         </is>
       </c>
       <c r="C257" s="0"/>
       <c r="D257" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E257" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="0" t="inlineStr">
         <is>
-          <t>3853W</t>
+          <t>1699W</t>
         </is>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
-          <t>Astronergy Europe GmbH</t>
+          <t>Aspect Software Ireland Ltd</t>
         </is>
       </c>
       <c r="C258" s="0"/>
       <c r="D258" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S258" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T258" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U258" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V258" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W258" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X258" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y258" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="0" t="inlineStr">
         <is>
-          <t>259W</t>
+          <t>1783W</t>
         </is>
       </c>
       <c r="B259" s="0" t="inlineStr">
         <is>
-          <t>Astrotek Ireland Ltd</t>
+          <t>Associated Catering Equipment Ltd</t>
         </is>
       </c>
       <c r="C259" s="0"/>
       <c r="D259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I259" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J259" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K259" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L259" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M259" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N259" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O259" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P259" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q259" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R259" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S259" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T259" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U259" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V259" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W259" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X259" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y259" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="0" t="inlineStr">
         <is>
-          <t>2931WB</t>
+          <t>1656WB</t>
         </is>
       </c>
       <c r="B260" s="0" t="inlineStr">
         <is>
-          <t>Async Technologies Ltd</t>
-[...2 lines deleted...]
-      <c r="C260" s="0"/>
+          <t>Associated Hardware PLC</t>
+        </is>
+      </c>
+      <c r="C260" s="0" t="inlineStr">
+        <is>
+          <t>AHL</t>
+        </is>
+      </c>
       <c r="D260" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E260" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F260" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G260" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H260" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I260" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J260" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K260" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y260" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="0" t="inlineStr">
         <is>
-          <t>1936W</t>
+          <t>3034WB</t>
         </is>
       </c>
       <c r="B261" s="0" t="inlineStr">
         <is>
-          <t>AT &amp; T Global Network Services Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Astarri A/S</t>
+        </is>
+      </c>
+      <c r="C261" s="0"/>
       <c r="D261" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K261" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L261" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M261" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N261" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O261" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P261" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -32363,594 +32367,594 @@
       </c>
       <c r="V261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y261" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="0" t="inlineStr">
         <is>
-          <t>509W</t>
+          <t>4484WB</t>
         </is>
       </c>
       <c r="B262" s="0" t="inlineStr">
         <is>
-          <t>ATEX Ltd</t>
+          <t>Astatine Ltd</t>
         </is>
       </c>
       <c r="C262" s="0"/>
       <c r="D262" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y262" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="0" t="inlineStr">
         <is>
-          <t>803W</t>
+          <t>3075WB</t>
         </is>
       </c>
       <c r="B263" s="0" t="inlineStr">
         <is>
-          <t>Atlantic Digisat Ltd</t>
+          <t>Astral Healthcare Ltd</t>
         </is>
       </c>
       <c r="C263" s="0"/>
       <c r="D263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W263" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X263" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y263" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="0" t="inlineStr">
         <is>
-          <t>264WB</t>
+          <t>3853W</t>
         </is>
       </c>
       <c r="B264" s="0" t="inlineStr">
         <is>
-          <t>Atlantic Home Care Ltd</t>
+          <t>Astronergy Europe GmbH</t>
         </is>
       </c>
       <c r="C264" s="0"/>
       <c r="D264" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E264" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F264" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G264" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H264" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y264" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="0" t="inlineStr">
         <is>
-          <t>1580WB</t>
+          <t>259W</t>
         </is>
       </c>
       <c r="B265" s="0" t="inlineStr">
         <is>
-          <t>Atlantic Surgical Ltd</t>
+          <t>Astrotek Ireland Ltd</t>
         </is>
       </c>
       <c r="C265" s="0"/>
       <c r="D265" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E265" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F265" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G265" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H265" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I265" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J265" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K265" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L265" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M265" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N265" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O265" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V265" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W265" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X265" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y265" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="0" t="inlineStr">
         <is>
-          <t>2550WB</t>
+          <t>2931WB</t>
         </is>
       </c>
       <c r="B266" s="0" t="inlineStr">
         <is>
-          <t>Atlantic Therapeutics Ltd</t>
+          <t>Async Technologies Ltd</t>
         </is>
       </c>
       <c r="C266" s="0"/>
       <c r="D266" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E266" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F266" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G266" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H266" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I266" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J266" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K266" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L266" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M266" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N266" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O266" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P266" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q266" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -32978,471 +32982,475 @@
       </c>
       <c r="V266" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W266" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X266" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y266" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="0" t="inlineStr">
         <is>
-          <t>2313T</t>
+          <t>1936W</t>
         </is>
       </c>
       <c r="B267" s="0" t="inlineStr">
         <is>
-          <t>Atlas Autoservice Management Services Ltd</t>
-[...2 lines deleted...]
-      <c r="C267" s="0"/>
+          <t>AT &amp; T Global Network Services Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C267" s="0" t="inlineStr">
+        <is>
+          <t>AT&amp;T</t>
+        </is>
+      </c>
       <c r="D267" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E267" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F267" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G267" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H267" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I267" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J267" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K267" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L267" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M267" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N267" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O267" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P267" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q267" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R267" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S267" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T267" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U267" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V267" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W267" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X267" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y267" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="0" t="inlineStr">
         <is>
-          <t>2773BT</t>
+          <t>509W</t>
         </is>
       </c>
       <c r="B268" s="0" t="inlineStr">
         <is>
-          <t>Audi Athlone (Michael Moore) Ltd</t>
+          <t>ATEX Ltd</t>
         </is>
       </c>
       <c r="C268" s="0"/>
       <c r="D268" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E268" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M268" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N268" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O268" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P268" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q268" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R268" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S268" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T268" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U268" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V268" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W268" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X268" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y268" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="0" t="inlineStr">
         <is>
-          <t>2105WB</t>
+          <t>803W</t>
         </is>
       </c>
       <c r="B269" s="0" t="inlineStr">
         <is>
-          <t>Audi-Lab Hearing Specialists Ltd</t>
+          <t>Atlantic Digisat Ltd</t>
         </is>
       </c>
       <c r="C269" s="0"/>
       <c r="D269" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S269" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T269" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U269" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V269" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W269" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X269" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y269" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="0" t="inlineStr">
         <is>
-          <t>1044W</t>
+          <t>264WB</t>
         </is>
       </c>
       <c r="B270" s="0" t="inlineStr">
         <is>
-          <t>Audio City Ltd</t>
+          <t>Atlantic Home Care Ltd</t>
         </is>
       </c>
       <c r="C270" s="0"/>
       <c r="D270" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E270" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F270" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G270" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H270" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I270" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J270" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K270" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L270" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M270" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N270" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O270" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P270" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q270" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -33470,245 +33478,245 @@
       </c>
       <c r="V270" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W270" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X270" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y270" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="0" t="inlineStr">
         <is>
-          <t>108WB</t>
+          <t>1580WB</t>
         </is>
       </c>
       <c r="B271" s="0" t="inlineStr">
         <is>
-          <t>Audio Vision Import</t>
+          <t>Atlantic Surgical Ltd</t>
         </is>
       </c>
       <c r="C271" s="0"/>
       <c r="D271" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E271" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F271" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G271" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H271" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I271" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J271" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K271" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L271" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M271" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N271" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O271" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P271" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q271" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R271" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S271" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T271" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U271" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V271" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W271" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X271" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y271" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="0" t="inlineStr">
         <is>
-          <t>3282W</t>
+          <t>2550WB</t>
         </is>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
-          <t>Audio Visual Installation Ltd</t>
+          <t>Atlantic Therapeutics Ltd</t>
         </is>
       </c>
       <c r="C272" s="0"/>
       <c r="D272" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E272" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F272" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G272" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H272" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I272" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J272" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K272" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L272" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M272" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N272" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O272" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P272" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -33716,1960 +33724,1964 @@
       </c>
       <c r="V272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y272" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="0" t="inlineStr">
         <is>
-          <t>633W</t>
+          <t>2313T</t>
         </is>
       </c>
       <c r="B273" s="0" t="inlineStr">
         <is>
-          <t>Audio Warehouse Ltd</t>
+          <t>Atlas Autoservice Management Services Ltd</t>
         </is>
       </c>
       <c r="C273" s="0"/>
       <c r="D273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E273" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F273" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G273" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H273" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I273" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J273" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K273" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L273" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M273" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N273" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O273" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P273" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q273" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R273" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S273" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T273" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U273" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V273" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W273" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X273" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y273" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="0" t="inlineStr">
         <is>
-          <t>3660WB</t>
+          <t>2773BT</t>
         </is>
       </c>
       <c r="B274" s="0" t="inlineStr">
         <is>
-          <t>Audio-Technica Ltd.-Dutch Branch</t>
-[...6 lines deleted...]
-      </c>
+          <t>Audi Athlone (Michael Moore) Ltd</t>
+        </is>
+      </c>
+      <c r="C274" s="0"/>
       <c r="D274" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E274" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F274" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G274" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V274" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y274" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="0" t="inlineStr">
         <is>
-          <t>1407W</t>
+          <t>2105WB</t>
         </is>
       </c>
       <c r="B275" s="0" t="inlineStr">
         <is>
-          <t>Aurora Borealis Distribution Ltd</t>
+          <t>Audi-Lab Hearing Specialists Ltd</t>
         </is>
       </c>
       <c r="C275" s="0"/>
       <c r="D275" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E275" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F275" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G275" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H275" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I275" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J275" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K275" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L275" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M275" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N275" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O275" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P275" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q275" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R275" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S275" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T275" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U275" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V275" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W275" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X275" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y275" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="0" t="inlineStr">
         <is>
-          <t>1868WB</t>
+          <t>1044W</t>
         </is>
       </c>
       <c r="B276" s="0" t="inlineStr">
         <is>
-          <t>Aurora Lighting Ltd</t>
+          <t>Audio City Ltd</t>
         </is>
       </c>
       <c r="C276" s="0"/>
       <c r="D276" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E276" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F276" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G276" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H276" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I276" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J276" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K276" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L276" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M276" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N276" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O276" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P276" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y276" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="0" t="inlineStr">
         <is>
-          <t>4245WB</t>
+          <t>108WB</t>
         </is>
       </c>
       <c r="B277" s="0" t="inlineStr">
         <is>
-          <t>Ausek Ltd</t>
+          <t>Audio Vision Import</t>
         </is>
       </c>
       <c r="C277" s="0"/>
       <c r="D277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E277" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y277" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="0" t="inlineStr">
         <is>
-          <t>752W</t>
+          <t>3282W</t>
         </is>
       </c>
       <c r="B278" s="0" t="inlineStr">
         <is>
-          <t>Austral Electrical Distributors Ltd</t>
+          <t>Audio Visual Installation Ltd</t>
         </is>
       </c>
       <c r="C278" s="0"/>
       <c r="D278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X278" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y278" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="0" t="inlineStr">
         <is>
-          <t>3065B</t>
+          <t>633W</t>
         </is>
       </c>
       <c r="B279" s="0" t="inlineStr">
         <is>
-          <t>Auto Body Craft Ltd</t>
+          <t>Audio Warehouse Ltd</t>
         </is>
       </c>
       <c r="C279" s="0"/>
       <c r="D279" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E279" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F279" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G279" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H279" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I279" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J279" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K279" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L279" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M279" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N279" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O279" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P279" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q279" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R279" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S279" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T279" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U279" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V279" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W279" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X279" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y279" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="0" t="inlineStr">
         <is>
-          <t>1218B</t>
+          <t>3660WB</t>
         </is>
       </c>
       <c r="B280" s="0" t="inlineStr">
         <is>
-          <t>Auto Diesel Electric Ltd</t>
+          <t>Audio-Technica Ltd.-Dutch Branch</t>
         </is>
       </c>
       <c r="C280" s="0" t="inlineStr">
         <is>
-          <t>ADE</t>
+          <t>Audio-Technica Ltd.-Dutch Branch</t>
         </is>
       </c>
       <c r="D280" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E280" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F280" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G280" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H280" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V280" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W280" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X280" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y280" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="0" t="inlineStr">
         <is>
-          <t>3265WB</t>
+          <t>1407W</t>
         </is>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
-          <t>Auto Gate &amp; Door Systems Ltd</t>
+          <t>Aurora Borealis Distribution Ltd</t>
         </is>
       </c>
       <c r="C281" s="0"/>
       <c r="D281" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I281" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J281" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K281" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L281" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M281" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N281" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O281" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P281" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q281" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R281" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S281" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T281" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U281" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V281" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W281" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X281" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y281" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="0" t="inlineStr">
         <is>
-          <t>2814T</t>
+          <t>1868WB</t>
         </is>
       </c>
       <c r="B282" s="0" t="inlineStr">
         <is>
-          <t>Auto Moto Garage Ltd</t>
+          <t>Aurora Lighting Ltd</t>
         </is>
       </c>
       <c r="C282" s="0"/>
       <c r="D282" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E282" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F282" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G282" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H282" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I282" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J282" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K282" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y282" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="0" t="inlineStr">
         <is>
-          <t>2524T</t>
+          <t>4245WB</t>
         </is>
       </c>
       <c r="B283" s="0" t="inlineStr">
         <is>
-          <t>Auto Moto Repair</t>
+          <t>Ausek Ltd</t>
         </is>
       </c>
       <c r="C283" s="0"/>
       <c r="D283" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E283" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F283" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G283" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H283" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I283" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J283" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K283" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L283" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M283" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y283" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="0" t="inlineStr">
         <is>
-          <t>1500B</t>
+          <t>4807WB</t>
         </is>
       </c>
       <c r="B284" s="0" t="inlineStr">
         <is>
-          <t>Auto Power Ltd</t>
-[...2 lines deleted...]
-      <c r="C284" s="0"/>
+          <t>AUSSIE UNION GROUP (HONGKONG) LIMITED</t>
+        </is>
+      </c>
+      <c r="C284" s="0" t="inlineStr">
+        <is>
+          <t>BLACK LORD, ALFORDSON</t>
+        </is>
+      </c>
       <c r="D284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T284" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U284" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y284" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="0" t="inlineStr">
         <is>
-          <t>2859T</t>
+          <t>752W</t>
         </is>
       </c>
       <c r="B285" s="0" t="inlineStr">
         <is>
-          <t>Auto Vision Ltd</t>
+          <t>Austral Electrical Distributors Ltd</t>
         </is>
       </c>
       <c r="C285" s="0"/>
       <c r="D285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K285" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L285" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M285" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Y285" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="0" t="inlineStr">
         <is>
-          <t>3539WB</t>
+          <t>3065B</t>
         </is>
       </c>
       <c r="B286" s="0" t="inlineStr">
         <is>
-          <t>Autodoc AG</t>
+          <t>Auto Body Craft Ltd</t>
         </is>
       </c>
       <c r="C286" s="0"/>
       <c r="D286" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H286" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I286" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J286" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K286" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L286" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M286" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N286" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O286" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P286" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q286" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R286" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S286" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T286" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U286" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V286" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W286" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X286" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y286" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="0" t="inlineStr">
         <is>
-          <t>2590T</t>
+          <t>1218B</t>
         </is>
       </c>
       <c r="B287" s="0" t="inlineStr">
         <is>
-          <t>Autofast Fit Ltd</t>
-[...2 lines deleted...]
-      <c r="C287" s="0"/>
+          <t>Auto Diesel Electric Ltd</t>
+        </is>
+      </c>
+      <c r="C287" s="0" t="inlineStr">
+        <is>
+          <t>ADE</t>
+        </is>
+      </c>
       <c r="D287" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E287" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F287" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G287" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H287" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I287" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J287" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K287" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L287" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M287" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N287" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O287" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P287" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q287" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R287" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S287" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T287" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U287" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V287" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W287" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X287" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y287" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="0" t="inlineStr">
         <is>
-          <t>2391T</t>
+          <t>3265WB</t>
         </is>
       </c>
       <c r="B288" s="0" t="inlineStr">
         <is>
-          <t>Autogrill Motors Ltd</t>
+          <t>Auto Gate &amp; Door Systems Ltd</t>
         </is>
       </c>
       <c r="C288" s="0"/>
       <c r="D288" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E288" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F288" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G288" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H288" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I288" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J288" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K288" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L288" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M288" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N288" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O288" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P288" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q288" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R288" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -35692,865 +35704,845 @@
       </c>
       <c r="V288" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W288" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X288" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y288" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="0" t="inlineStr">
         <is>
-          <t>558WB</t>
+          <t>2814T</t>
         </is>
       </c>
       <c r="B289" s="0" t="inlineStr">
         <is>
-          <t>Automated Technical Controls Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Auto Moto Garage Ltd</t>
+        </is>
+      </c>
+      <c r="C289" s="0"/>
       <c r="D289" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K289" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y289" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="0" t="inlineStr">
         <is>
-          <t>558W</t>
+          <t>2524T</t>
         </is>
       </c>
       <c r="B290" s="0" t="inlineStr">
         <is>
-          <t>Automated Technical Controls Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Auto Moto Repair</t>
+        </is>
+      </c>
+      <c r="C290" s="0"/>
       <c r="D290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E290" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y290" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="0" t="inlineStr">
         <is>
-          <t>1185W</t>
+          <t>1500B</t>
         </is>
       </c>
       <c r="B291" s="0" t="inlineStr">
         <is>
-          <t>Automatic Amusements Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Auto Power Ltd</t>
+        </is>
+      </c>
+      <c r="C291" s="0"/>
       <c r="D291" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U291" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y291" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="0" t="inlineStr">
         <is>
-          <t>1289WB</t>
+          <t>2859T</t>
         </is>
       </c>
       <c r="B292" s="0" t="inlineStr">
         <is>
-          <t>Automatic Identification Systems Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Auto Vision Ltd</t>
+        </is>
+      </c>
+      <c r="C292" s="0"/>
       <c r="D292" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K292" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y292" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="0" t="inlineStr">
         <is>
-          <t>3460BT</t>
+          <t>3539WB</t>
         </is>
       </c>
       <c r="B293" s="0" t="inlineStr">
         <is>
-          <t>Automatic Motor Car Centre</t>
+          <t>Autodoc AG</t>
         </is>
       </c>
       <c r="C293" s="0"/>
       <c r="D293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H293" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V293" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W293" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X293" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y293" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="0" t="inlineStr">
         <is>
-          <t>3342WB</t>
+          <t>2590T</t>
         </is>
       </c>
       <c r="B294" s="0" t="inlineStr">
         <is>
-          <t>Automatic Sprinkler Company (Ireland) Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Autofast Fit Ltd</t>
+        </is>
+      </c>
+      <c r="C294" s="0"/>
       <c r="D294" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E294" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F294" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G294" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H294" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I294" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J294" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K294" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y294" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="0" t="inlineStr">
         <is>
-          <t>2829W</t>
+          <t>2391T</t>
         </is>
       </c>
       <c r="B295" s="0" t="inlineStr">
         <is>
-          <t>Automation Engineering Inc</t>
+          <t>Autogrill Motors Ltd</t>
         </is>
       </c>
       <c r="C295" s="0"/>
       <c r="D295" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E295" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F295" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G295" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H295" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I295" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J295" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K295" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L295" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M295" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -36573,62 +36565,66 @@
       </c>
       <c r="V295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y295" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="0" t="inlineStr">
         <is>
-          <t>2752W</t>
+          <t>558WB</t>
         </is>
       </c>
       <c r="B296" s="0" t="inlineStr">
         <is>
-          <t>Automation Supplies Ltd</t>
-[...2 lines deleted...]
-      <c r="C296" s="0"/>
+          <t>Automated Technical Controls Ltd</t>
+        </is>
+      </c>
+      <c r="C296" s="0" t="inlineStr">
+        <is>
+          <t>ATC</t>
+        </is>
+      </c>
       <c r="D296" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -36664,844 +36660,848 @@
           <t>YES</t>
         </is>
       </c>
       <c r="P296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S296" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T296" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U296" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V296" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W296" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X296" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y296" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="0" t="inlineStr">
         <is>
-          <t>2916B</t>
+          <t>558W</t>
         </is>
       </c>
       <c r="B297" s="0" t="inlineStr">
         <is>
-          <t>Automobile Power Ltd</t>
+          <t>Automated Technical Controls Ltd</t>
         </is>
       </c>
       <c r="C297" s="0" t="inlineStr">
         <is>
-          <t>Autopower</t>
+          <t>ATC</t>
         </is>
       </c>
       <c r="D297" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U297" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V297" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W297" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X297" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y297" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="0" t="inlineStr">
         <is>
-          <t>3008BT</t>
+          <t>1185W</t>
         </is>
       </c>
       <c r="B298" s="0" t="inlineStr">
         <is>
-          <t>Autostop</t>
-[...2 lines deleted...]
-      <c r="C298" s="0"/>
+          <t>Automatic Amusements Ltd</t>
+        </is>
+      </c>
+      <c r="C298" s="0" t="inlineStr">
+        <is>
+          <t>Mood Master</t>
+        </is>
+      </c>
       <c r="D298" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E298" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F298" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G298" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H298" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I298" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J298" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K298" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y298" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="0" t="inlineStr">
         <is>
-          <t>3195T</t>
+          <t>1289WB</t>
         </is>
       </c>
       <c r="B299" s="0" t="inlineStr">
         <is>
-          <t>Autoteile Ltd</t>
+          <t>Automatic Identification Systems Ltd</t>
         </is>
       </c>
       <c r="C299" s="0" t="inlineStr">
         <is>
-          <t>Clondrinagh Motor Centre</t>
+          <t>AIS Ltd</t>
         </is>
       </c>
       <c r="D299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E299" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F299" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G299" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H299" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I299" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J299" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K299" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L299" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M299" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y299" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="0" t="inlineStr">
         <is>
-          <t>1292WB</t>
+          <t>3460BT</t>
         </is>
       </c>
       <c r="B300" s="0" t="inlineStr">
         <is>
-          <t>AVA Systems Ltd</t>
+          <t>Automatic Motor Car Centre</t>
         </is>
       </c>
       <c r="C300" s="0"/>
       <c r="D300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I300" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W300" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X300" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y300" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="0" t="inlineStr">
         <is>
-          <t>4412WB</t>
+          <t>3342WB</t>
         </is>
       </c>
       <c r="B301" s="0" t="inlineStr">
         <is>
-          <t>Avantree Limited </t>
-[...2 lines deleted...]
-      <c r="C301" s="0"/>
+          <t>Automatic Sprinkler Company (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C301" s="0" t="inlineStr">
+        <is>
+          <t>Automatic Fire &amp; Integrated Solutions</t>
+        </is>
+      </c>
       <c r="D301" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E301" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y301" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="0" t="inlineStr">
         <is>
-          <t>379WB</t>
+          <t>2829W</t>
         </is>
       </c>
       <c r="B302" s="0" t="inlineStr">
         <is>
-          <t>Avaya International Sales Ltd</t>
+          <t>Automation Engineering Inc</t>
         </is>
       </c>
       <c r="C302" s="0"/>
       <c r="D302" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E302" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F302" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G302" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H302" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I302" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J302" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K302" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y302" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="0" t="inlineStr">
         <is>
-          <t>1475WB</t>
+          <t>2752W</t>
         </is>
       </c>
       <c r="B303" s="0" t="inlineStr">
         <is>
-          <t>Avcom Audio Visual Communications Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Automation Supplies Ltd</t>
+        </is>
+      </c>
+      <c r="C303" s="0"/>
       <c r="D303" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -37537,496 +37537,496 @@
           <t>YES</t>
         </is>
       </c>
       <c r="P303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S303" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T303" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U303" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V303" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W303" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X303" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y303" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="0" t="inlineStr">
         <is>
-          <t>1477WB</t>
+          <t>2916B</t>
         </is>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
-          <t>Aventure Distribution Ireland Ltd</t>
-[...2 lines deleted...]
-      <c r="C304" s="0"/>
+          <t>Automobile Power Ltd</t>
+        </is>
+      </c>
+      <c r="C304" s="0" t="inlineStr">
+        <is>
+          <t>Autopower</t>
+        </is>
+      </c>
       <c r="D304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q304" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R304" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S304" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T304" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U304" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V304" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y304" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="0" t="inlineStr">
         <is>
-          <t>4155W</t>
+          <t>3008BT</t>
         </is>
       </c>
       <c r="B305" s="0" t="inlineStr">
         <is>
-          <t>Avestra Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Autostop</t>
+        </is>
+      </c>
+      <c r="C305" s="0"/>
       <c r="D305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E305" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y305" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="0" t="inlineStr">
         <is>
-          <t>3691WB</t>
+          <t>3195T</t>
         </is>
       </c>
       <c r="B306" s="0" t="inlineStr">
         <is>
-          <t>Aviano GmbH</t>
-[...2 lines deleted...]
-      <c r="C306" s="0"/>
+          <t>Autoteile Ltd</t>
+        </is>
+      </c>
+      <c r="C306" s="0" t="inlineStr">
+        <is>
+          <t>Clondrinagh Motor Centre</t>
+        </is>
+      </c>
       <c r="D306" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E306" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F306" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G306" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H306" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K306" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L306" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M306" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y306" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="0" t="inlineStr">
         <is>
-          <t>208W</t>
+          <t>1292WB</t>
         </is>
       </c>
       <c r="B307" s="0" t="inlineStr">
         <is>
-          <t>Avid Technology International B.V.</t>
-[...6 lines deleted...]
-      </c>
+          <t>AVA Systems Ltd</t>
+        </is>
+      </c>
+      <c r="C307" s="0"/>
       <c r="D307" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E307" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F307" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G307" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H307" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I307" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J307" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K307" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L307" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M307" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N307" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -38052,442 +38052,446 @@
           <t>YES</t>
         </is>
       </c>
       <c r="S307" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T307" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U307" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V307" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W307" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X307" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y307" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="0" t="inlineStr">
         <is>
-          <t>497W</t>
+          <t>4412WB</t>
         </is>
       </c>
       <c r="B308" s="0" t="inlineStr">
         <is>
-          <t>Avnet Technologies Ltd</t>
+          <t>Avantree Limited </t>
         </is>
       </c>
       <c r="C308" s="0"/>
       <c r="D308" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E308" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F308" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T308" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U308" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V308" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W308" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X308" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y308" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="0" t="inlineStr">
         <is>
-          <t>1695W</t>
+          <t>379WB</t>
         </is>
       </c>
       <c r="B309" s="0" t="inlineStr">
         <is>
-          <t>AvocaLite</t>
+          <t>Avaya International Sales Ltd</t>
         </is>
       </c>
       <c r="C309" s="0"/>
       <c r="D309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P309" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q309" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R309" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S309" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T309" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U309" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V309" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W309" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X309" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y309" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="0" t="inlineStr">
         <is>
-          <t>1180W</t>
+          <t>1475WB</t>
         </is>
       </c>
       <c r="B310" s="0" t="inlineStr">
         <is>
-          <t>AvocaLite -</t>
-[...2 lines deleted...]
-      <c r="C310" s="0"/>
+          <t>Avcom Audio Visual Communications Ltd</t>
+        </is>
+      </c>
+      <c r="C310" s="0" t="inlineStr">
+        <is>
+          <t>Avcom</t>
+        </is>
+      </c>
       <c r="D310" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E310" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F310" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U310" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V310" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W310" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X310" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y310" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="0" t="inlineStr">
         <is>
-          <t>604W</t>
+          <t>1477WB</t>
         </is>
       </c>
       <c r="B311" s="0" t="inlineStr">
         <is>
-          <t>AVON COSMETICS IRL LTD</t>
+          <t>Aventure Distribution Ireland Ltd</t>
         </is>
       </c>
       <c r="C311" s="0"/>
       <c r="D311" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E311" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F311" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G311" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H311" s="0" t="inlineStr">
         <is>
@@ -38519,350 +38523,358 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N311" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O311" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P311" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q311" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R311" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S311" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T311" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U311" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V311" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W311" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X311" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y311" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="0" t="inlineStr">
         <is>
-          <t>605WB</t>
+          <t>4155W</t>
         </is>
       </c>
       <c r="B312" s="0" t="inlineStr">
         <is>
-          <t>Avon Ltd</t>
-[...2 lines deleted...]
-      <c r="C312" s="0"/>
+          <t>Avestra Ltd</t>
+        </is>
+      </c>
+      <c r="C312" s="0" t="inlineStr">
+        <is>
+          <t>X-Game</t>
+        </is>
+      </c>
       <c r="D312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q312" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R312" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S312" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T312" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U312" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V312" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W312" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X312" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y312" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="0" t="inlineStr">
         <is>
-          <t>1108W</t>
+          <t>3691WB</t>
         </is>
       </c>
       <c r="B313" s="0" t="inlineStr">
         <is>
-          <t>Avonmore Electrical Co. Ltd.</t>
+          <t>Aviano GmbH</t>
         </is>
       </c>
       <c r="C313" s="0"/>
       <c r="D313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X313" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y313" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="0" t="inlineStr">
         <is>
-          <t>2494W</t>
+          <t>208W</t>
         </is>
       </c>
       <c r="B314" s="0" t="inlineStr">
         <is>
-          <t>Avonmore Electrical Company Ltd</t>
-[...2 lines deleted...]
-      <c r="C314" s="0"/>
+          <t>Avid Technology International B.V.</t>
+        </is>
+      </c>
+      <c r="C314" s="0" t="inlineStr">
+        <is>
+          <t>Avid Technology</t>
+        </is>
+      </c>
       <c r="D314" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E314" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F314" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G314" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H314" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I314" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -38888,457 +38900,1318 @@
           <t>YES</t>
         </is>
       </c>
       <c r="N314" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O314" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P314" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q314" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R314" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S314" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T314" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U314" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V314" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W314" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X314" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y314" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="0" t="inlineStr">
         <is>
-          <t>3444B</t>
+          <t>497W</t>
         </is>
       </c>
       <c r="B315" s="0" t="inlineStr">
         <is>
-          <t>Axkid UK Ltd</t>
+          <t>Avnet Technologies Ltd</t>
         </is>
       </c>
       <c r="C315" s="0"/>
       <c r="D315" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E315" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F315" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G315" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="H315" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="I315" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="J315" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="K315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="L315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="M315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="N315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="O315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="P315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="Q315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="R315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="S315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="T315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="U315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y315" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="0" t="inlineStr">
         <is>
-          <t>3892WB</t>
+          <t>1695W</t>
         </is>
       </c>
       <c r="B316" s="0" t="inlineStr">
         <is>
-          <t>Axore SRL</t>
+          <t>AvocaLite</t>
         </is>
       </c>
       <c r="C316" s="0"/>
       <c r="D316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E316" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F316" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y316" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="0" t="inlineStr">
         <is>
+          <t>1180W</t>
+        </is>
+      </c>
+      <c r="B317" s="0" t="inlineStr">
+        <is>
+          <t>AvocaLite -</t>
+        </is>
+      </c>
+      <c r="C317" s="0"/>
+      <c r="D317" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E317" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="F317" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="G317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="H317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="I317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="J317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="K317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="L317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="M317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="N317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="O317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="P317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="Q317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="R317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="S317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="T317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="U317" s="0" t="inlineStr">
+        <is>
+          <t>Dissolved</t>
+        </is>
+      </c>
+      <c r="V317" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="W317" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X317" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y317" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
+      <c r="A318" s="0" t="inlineStr">
+        <is>
+          <t>604W</t>
+        </is>
+      </c>
+      <c r="B318" s="0" t="inlineStr">
+        <is>
+          <t>AVON COSMETICS IRL LTD</t>
+        </is>
+      </c>
+      <c r="C318" s="0"/>
+      <c r="D318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="R318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="S318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="T318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="U318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="V318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="W318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="X318" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y318" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
+      <c r="A319" s="0" t="inlineStr">
+        <is>
+          <t>605WB</t>
+        </is>
+      </c>
+      <c r="B319" s="0" t="inlineStr">
+        <is>
+          <t>Avon Ltd</t>
+        </is>
+      </c>
+      <c r="C319" s="0"/>
+      <c r="D319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q319" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="R319" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="S319" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="T319" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U319" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V319" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W319" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="X319" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y319" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
+      <c r="A320" s="0" t="inlineStr">
+        <is>
+          <t>1108W</t>
+        </is>
+      </c>
+      <c r="B320" s="0" t="inlineStr">
+        <is>
+          <t>Avonmore Electrical Co. Ltd.</t>
+        </is>
+      </c>
+      <c r="C320" s="0"/>
+      <c r="D320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="R320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="S320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="T320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="U320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="V320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="W320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="X320" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y320" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
+      <c r="A321" s="0" t="inlineStr">
+        <is>
+          <t>2494W</t>
+        </is>
+      </c>
+      <c r="B321" s="0" t="inlineStr">
+        <is>
+          <t>Avonmore Electrical Company Ltd</t>
+        </is>
+      </c>
+      <c r="C321" s="0"/>
+      <c r="D321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="E321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q321" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R321" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S321" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T321" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U321" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V321" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W321" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X321" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y321" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
+      <c r="A322" s="0" t="inlineStr">
+        <is>
+          <t>3444B</t>
+        </is>
+      </c>
+      <c r="B322" s="0" t="inlineStr">
+        <is>
+          <t>Axkid UK Ltd</t>
+        </is>
+      </c>
+      <c r="C322" s="0"/>
+      <c r="D322" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E322" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F322" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G322" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H322" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I322" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J322" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y322" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
+      <c r="A323" s="0" t="inlineStr">
+        <is>
+          <t>3892WB</t>
+        </is>
+      </c>
+      <c r="B323" s="0" t="inlineStr">
+        <is>
+          <t>Axore SRL</t>
+        </is>
+      </c>
+      <c r="C323" s="0"/>
+      <c r="D323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E323" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="F323" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="G323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="H323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="I323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="J323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="K323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="L323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="M323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="N323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="O323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="P323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Q323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="R323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="S323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="T323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="U323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="V323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="W323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y323" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
+      <c r="A324" s="0" t="inlineStr">
+        <is>
           <t>1219B</t>
         </is>
       </c>
-      <c r="B317" s="0" t="inlineStr">
+      <c r="B324" s="0" t="inlineStr">
         <is>
           <t>Azette Ltd</t>
         </is>
       </c>
-      <c r="C317" s="0" t="inlineStr">
+      <c r="C324" s="0" t="inlineStr">
         <is>
           <t>Time Power</t>
         </is>
       </c>
-      <c r="D317" s="0" t="inlineStr">
-[...104 lines deleted...]
-      <c r="Y317" s="0" t="inlineStr">
+      <c r="D324" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="E324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="S324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="T324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V324" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W324" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X324" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y324" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">