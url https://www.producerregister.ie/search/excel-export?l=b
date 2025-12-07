--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -107,51 +107,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:X257"/>
+  <dimension ref="A1:X258"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Reg No.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Company Name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Trading As</t>
         </is>
       </c>
@@ -14577,51 +14577,51 @@
       <c r="W122" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X122" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="0" t="inlineStr">
         <is>
           <t>4305WB</t>
         </is>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
           <t>Bio-Medical Science &amp; Technology Ltd</t>
         </is>
       </c>
       <c r="C123" s="0"/>
       <c r="D123" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -21816,528 +21816,528 @@
       </c>
       <c r="U183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="0" t="inlineStr">
         <is>
-          <t>1503WB</t>
+          <t>4634WB</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>Brand Addition</t>
+          <t>Brand Access LLC</t>
         </is>
       </c>
       <c r="C184" s="0"/>
       <c r="D184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P184" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q184" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R184" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S184" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T184" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="0" t="inlineStr">
         <is>
-          <t>861WB</t>
+          <t>1503WB</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Brand Addition Ireland Ltd</t>
+          <t>Brand Addition</t>
         </is>
       </c>
       <c r="C185" s="0"/>
       <c r="D185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="0" t="inlineStr">
         <is>
-          <t>3523W</t>
+          <t>861WB</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Brand GmbH &amp; Co. KG</t>
+          <t>Brand Addition Ireland Ltd</t>
         </is>
       </c>
       <c r="C186" s="0"/>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="0" t="inlineStr">
         <is>
-          <t>388W</t>
+          <t>3523W</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Brandchain Ltd</t>
+          <t>Brand GmbH &amp; Co. KG</t>
         </is>
       </c>
       <c r="C187" s="0"/>
       <c r="D187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V187" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W187" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X187" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="0" t="inlineStr">
         <is>
-          <t>444W</t>
+          <t>388W</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Brandlinx Direct Ltd</t>
+          <t>Brandchain Ltd</t>
         </is>
       </c>
       <c r="C188" s="0"/>
       <c r="D188" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
@@ -22384,584 +22384,584 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q188" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R188" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S188" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T188" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="U188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W188" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X188" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="0" t="inlineStr">
         <is>
-          <t>975WB</t>
+          <t>444W</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Brandon Marketing Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Brandlinx Direct Ltd</t>
+        </is>
+      </c>
+      <c r="C189" s="0"/>
       <c r="D189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U189" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V189" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W189" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X189" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="0" t="inlineStr">
         <is>
-          <t>2571WB</t>
+          <t>975WB</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Brandpath Commerce Ltd</t>
-[...2 lines deleted...]
-      <c r="C190" s="0"/>
+          <t>Brandon Marketing Ltd</t>
+        </is>
+      </c>
+      <c r="C190" s="0" t="inlineStr">
+        <is>
+          <t>The Petsafe Superstore / Bird Gard Distributors Ltd.</t>
+        </is>
+      </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X190" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="0" t="inlineStr">
         <is>
-          <t>1641B</t>
+          <t>2571WB</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Braun Oni B.V.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Brandpath Commerce Ltd</t>
+        </is>
+      </c>
+      <c r="C191" s="0"/>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V191" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W191" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X191" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>4538WB</t>
+          <t>1641B</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Braunecker Commerce GmbH</t>
-[...2 lines deleted...]
-      <c r="C192" s="0"/>
+          <t>Braun Oni B.V.</t>
+        </is>
+      </c>
+      <c r="C192" s="0" t="inlineStr">
+        <is>
+          <t>Battery Upgrade</t>
+        </is>
+      </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V192" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W192" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X192" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>3408WB</t>
+          <t>4538WB</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Brel Nederland B.V.</t>
+          <t>Braunecker Commerce GmbH</t>
         </is>
       </c>
       <c r="C193" s="0"/>
       <c r="D193" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -23004,574 +23004,574 @@
       </c>
       <c r="U193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="0" t="inlineStr">
         <is>
-          <t>2621B</t>
+          <t>3408WB</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Brendan Doyle Motorcycles Ltd</t>
+          <t>Brel Nederland B.V.</t>
         </is>
       </c>
       <c r="C194" s="0"/>
       <c r="D194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J194" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U194" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V194" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W194" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X194" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>2370T</t>
+          <t>2621B</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Brendan Walsh Tyres Ltd</t>
+          <t>Brendan Doyle Motorcycles Ltd</t>
         </is>
       </c>
       <c r="C195" s="0"/>
       <c r="D195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N195" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O195" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P195" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q195" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R195" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S195" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T195" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U195" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="0" t="inlineStr">
         <is>
-          <t>741WB</t>
+          <t>2370T</t>
         </is>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Brett Supplies Ltd</t>
+          <t>Brendan Walsh Tyres Ltd</t>
         </is>
       </c>
       <c r="C196" s="0"/>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="0" t="inlineStr">
         <is>
-          <t>2430T</t>
+          <t>741WB</t>
         </is>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Brian Daly Tyres</t>
+          <t>Brett Supplies Ltd</t>
         </is>
       </c>
       <c r="C197" s="0"/>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="0" t="inlineStr">
         <is>
-          <t>2536T</t>
+          <t>2430T</t>
         </is>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>Bridge Tyres and Car Repairs</t>
+          <t>Brian Daly Tyres</t>
         </is>
       </c>
       <c r="C198" s="0"/>
       <c r="D198" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N198" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O198" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P198" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q198" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -23594,97 +23594,97 @@
       </c>
       <c r="U198" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V198" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W198" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X198" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="0" t="inlineStr">
         <is>
-          <t>3061T</t>
+          <t>2536T</t>
         </is>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Bridgestone Europe NV/SA</t>
+          <t>Bridge Tyres and Car Repairs</t>
         </is>
       </c>
       <c r="C199" s="0"/>
       <c r="D199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -23712,544 +23712,544 @@
       </c>
       <c r="U199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X199" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="0" t="inlineStr">
         <is>
-          <t>2241T</t>
+          <t>3061T</t>
         </is>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Bridgestone Ireland Ltd</t>
+          <t>Bridgestone Europe NV/SA</t>
         </is>
       </c>
       <c r="C200" s="0"/>
       <c r="D200" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="0" t="inlineStr">
         <is>
-          <t>3361WB</t>
+          <t>2241T</t>
         </is>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Bridgestone Mobility Solutions B.V.</t>
+          <t>Bridgestone Ireland Ltd</t>
         </is>
       </c>
       <c r="C201" s="0"/>
       <c r="D201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N201" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O201" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X201" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="0" t="inlineStr">
         <is>
-          <t>3312W</t>
+          <t>3361WB</t>
         </is>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Bright Lights &amp; Interiors Ltd</t>
+          <t>Bridgestone Mobility Solutions B.V.</t>
         </is>
       </c>
       <c r="C202" s="0"/>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N202" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O202" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="0" t="inlineStr">
         <is>
-          <t>451W</t>
+          <t>3312W</t>
         </is>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Brighter Image Ltd</t>
+          <t>Bright Lights &amp; Interiors Ltd</t>
         </is>
       </c>
       <c r="C203" s="0"/>
       <c r="D203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X203" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="0" t="inlineStr">
         <is>
-          <t>1772W</t>
+          <t>451W</t>
         </is>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Britelux Lighting Ltd</t>
+          <t>Brighter Image Ltd</t>
         </is>
       </c>
       <c r="C204" s="0"/>
       <c r="D204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -24265,374 +24265,374 @@
           <t>YES</t>
         </is>
       </c>
       <c r="N204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X204" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="0" t="inlineStr">
         <is>
-          <t>2566WB</t>
+          <t>1772W</t>
         </is>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>British Telecommunications PLC</t>
+          <t>Britelux Lighting Ltd</t>
         </is>
       </c>
       <c r="C205" s="0"/>
       <c r="D205" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P205" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q205" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R205" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S205" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T205" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U205" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V205" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W205" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X205" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="0" t="inlineStr">
         <is>
-          <t>3455B</t>
+          <t>2566WB</t>
         </is>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>BRNO Investments Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>British Telecommunications PLC</t>
+        </is>
+      </c>
+      <c r="C206" s="0"/>
       <c r="D206" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J206" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N206" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O206" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P206" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q206" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R206" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S206" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T206" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U206" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V206" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W206" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X206" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="0" t="inlineStr">
         <is>
-          <t>2490WB</t>
+          <t>3455B</t>
         </is>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Broadcast Technical Services Ltd</t>
-[...2 lines deleted...]
-      <c r="C207" s="0"/>
+          <t>BRNO Investments Ltd</t>
+        </is>
+      </c>
+      <c r="C207" s="0" t="inlineStr">
+        <is>
+          <t>Trinity Skoda</t>
+        </is>
+      </c>
       <c r="D207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -24643,217 +24643,217 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="0" t="inlineStr">
         <is>
-          <t>1759W</t>
+          <t>2490WB</t>
         </is>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Broadcast Video Services Ltd</t>
+          <t>Broadcast Technical Services Ltd</t>
         </is>
       </c>
       <c r="C208" s="0"/>
       <c r="D208" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="0" t="inlineStr">
         <is>
-          <t>1014W</t>
+          <t>1759W</t>
         </is>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Broderick Bros. Ltd</t>
+          <t>Broadcast Video Services Ltd</t>
         </is>
       </c>
       <c r="C209" s="0"/>
       <c r="D209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -24896,56 +24896,56 @@
       </c>
       <c r="U209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="0" t="inlineStr">
         <is>
-          <t>3960WB</t>
+          <t>1014W</t>
         </is>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Brompton Bicycles Ltd</t>
+          <t>Broderick Bros. Ltd</t>
         </is>
       </c>
       <c r="C210" s="0"/>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
@@ -24962,375 +24962,375 @@
           <t>YES</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X210" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="0" t="inlineStr">
         <is>
-          <t>778W</t>
+          <t>3960WB</t>
         </is>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Brooks Group Ltd</t>
+          <t>Brompton Bicycles Ltd</t>
         </is>
       </c>
       <c r="C211" s="0"/>
       <c r="D211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U211" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="0" t="inlineStr">
         <is>
-          <t>3631W</t>
+          <t>778W</t>
         </is>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Brooks Timber &amp; Building Supplies Ltd</t>
+          <t>Brooks Group Ltd</t>
         </is>
       </c>
       <c r="C212" s="0"/>
       <c r="D212" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="0" t="inlineStr">
         <is>
-          <t>3202W</t>
+          <t>3631W</t>
         </is>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Brother International Europe Ltd</t>
+          <t>Brooks Timber &amp; Building Supplies Ltd</t>
         </is>
       </c>
       <c r="C213" s="0"/>
       <c r="D213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -25368,292 +25368,292 @@
       </c>
       <c r="U213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="0" t="inlineStr">
         <is>
-          <t>3784WB</t>
+          <t>3202W</t>
         </is>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Brother International Europe Ltd, Dutch Branch</t>
+          <t>Brother International Europe Ltd</t>
         </is>
       </c>
       <c r="C214" s="0"/>
       <c r="D214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X214" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="0" t="inlineStr">
         <is>
-          <t>79WB</t>
+          <t>3784WB</t>
         </is>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Brother Ireland DAC</t>
+          <t>Brother International Europe Ltd, Dutch Branch</t>
         </is>
       </c>
       <c r="C215" s="0"/>
       <c r="D215" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="0" t="inlineStr">
         <is>
-          <t>3595W</t>
+          <t>79WB</t>
         </is>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Brother Sewing Machines Europe GmbH</t>
+          <t>Brother Ireland DAC</t>
         </is>
       </c>
       <c r="C216" s="0"/>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
@@ -25675,461 +25675,461 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P216" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q216" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R216" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S216" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T216" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U216" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V216" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W216" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X216" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="0" t="inlineStr">
         <is>
-          <t>452WB</t>
+          <t>3595W</t>
         </is>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Brown Thomas &amp; Co. Ltd</t>
+          <t>Brother Sewing Machines Europe GmbH</t>
         </is>
       </c>
       <c r="C217" s="0"/>
       <c r="D217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="0" t="inlineStr">
         <is>
-          <t>3255WB</t>
+          <t>452WB</t>
         </is>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Brown Thomas Arnotts Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Brown Thomas &amp; Co. Ltd</t>
+        </is>
+      </c>
+      <c r="C218" s="0"/>
       <c r="D218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="0" t="inlineStr">
         <is>
-          <t>500W</t>
+          <t>3255WB</t>
         </is>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Bryan S. Ryan Ltd</t>
-[...2 lines deleted...]
-      <c r="C219" s="0"/>
+          <t>Brown Thomas Arnotts Ltd</t>
+        </is>
+      </c>
+      <c r="C219" s="0" t="inlineStr">
+        <is>
+          <t>Brown Thomas Arnotts</t>
+        </is>
+      </c>
       <c r="D219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="0" t="inlineStr">
         <is>
-          <t>1311WB</t>
+          <t>500W</t>
         </is>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>BSH Home Appliances Ltd</t>
+          <t>Bryan S. Ryan Ltd</t>
         </is>
       </c>
       <c r="C220" s="0"/>
       <c r="D220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
@@ -26176,1030 +26176,1030 @@
           <t>YES</t>
         </is>
       </c>
       <c r="Q220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="0" t="inlineStr">
         <is>
-          <t>3948WB</t>
+          <t>1311WB</t>
         </is>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>BT Business Telecoms Ireland Ltd</t>
+          <t>BSH Home Appliances Ltd</t>
         </is>
       </c>
       <c r="C221" s="0"/>
       <c r="D221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X221" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="0" t="inlineStr">
         <is>
-          <t>331WB</t>
+          <t>3948WB</t>
         </is>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>BT Communications Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>BT Business Telecoms Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C222" s="0"/>
       <c r="D222" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="0" t="inlineStr">
         <is>
-          <t>13BT</t>
+          <t>331WB</t>
         </is>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>BT Test for Denise</t>
-[...2 lines deleted...]
-      <c r="C223" s="0"/>
+          <t>BT Communications Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C223" s="0" t="inlineStr">
+        <is>
+          <t>BT Ireland</t>
+        </is>
+      </c>
       <c r="D223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E223" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X223" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="0" t="inlineStr">
         <is>
-          <t>1687W</t>
+          <t>13BT</t>
         </is>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>BTI Engineering Supplies Ltd</t>
+          <t>BT Test for Denise</t>
         </is>
       </c>
       <c r="C224" s="0"/>
       <c r="D224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="0" t="inlineStr">
         <is>
-          <t>1161W</t>
+          <t>1687W</t>
         </is>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>BUA International Ltd</t>
+          <t>BTI Engineering Supplies Ltd</t>
         </is>
       </c>
       <c r="C225" s="0"/>
       <c r="D225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R225" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="0" t="inlineStr">
         <is>
-          <t>3722WB</t>
+          <t>1161W</t>
         </is>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>Buckley Cycles Ltd</t>
+          <t>BUA International Ltd</t>
         </is>
       </c>
       <c r="C226" s="0"/>
       <c r="D226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K226" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X226" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="0" t="inlineStr">
         <is>
-          <t>2821B</t>
+          <t>3722WB</t>
         </is>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
-          <t>Budget Autos Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Buckley Cycles Ltd</t>
+        </is>
+      </c>
+      <c r="C227" s="0"/>
       <c r="D227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H227" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I227" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J227" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X227" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="0" t="inlineStr">
         <is>
-          <t>233W</t>
+          <t>2821B</t>
         </is>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
-          <t>Buffalo Technology Ireland Ltd</t>
-[...2 lines deleted...]
-      <c r="C228" s="0"/>
+          <t>Budget Autos Ltd</t>
+        </is>
+      </c>
+      <c r="C228" s="0" t="inlineStr">
+        <is>
+          <t>Drimnagh Motors</t>
+        </is>
+      </c>
       <c r="D228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S228" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X228" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="0" t="inlineStr">
         <is>
-          <t>1031W</t>
+          <t>233W</t>
         </is>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
-          <t>Buggy Refrigeration Services</t>
+          <t>Buffalo Technology Ireland Ltd</t>
         </is>
       </c>
       <c r="C229" s="0"/>
       <c r="D229" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E229" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F229" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H229" s="0" t="inlineStr">
         <is>
@@ -27216,395 +27216,395 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K229" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L229" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M229" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N229" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S229" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T229" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U229" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V229" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X229" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="0" t="inlineStr">
         <is>
-          <t>3716WB</t>
+          <t>1031W</t>
         </is>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
-          <t>Bulgari Ireland Ltd</t>
+          <t>Buggy Refrigeration Services</t>
         </is>
       </c>
       <c r="C230" s="0"/>
       <c r="D230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X230" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="0" t="inlineStr">
         <is>
-          <t>2132WB</t>
+          <t>3716WB</t>
         </is>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
-          <t>Bullitt Group Ltd</t>
+          <t>Bulgari Ireland Ltd</t>
         </is>
       </c>
       <c r="C231" s="0"/>
       <c r="D231" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H231" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I231" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J231" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K231" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L231" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M231" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X231" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="0" t="inlineStr">
         <is>
-          <t>3774WB</t>
+          <t>2132WB</t>
         </is>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
-          <t>Bullitt Mobile Ltd</t>
+          <t>Bullitt Group Ltd</t>
         </is>
       </c>
       <c r="C232" s="0"/>
       <c r="D232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N232" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O232" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P232" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q232" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R232" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -27622,112 +27622,112 @@
       </c>
       <c r="U232" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V232" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W232" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X232" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="0" t="inlineStr">
         <is>
-          <t>2019WB</t>
+          <t>3774WB</t>
         </is>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
-          <t>Bulova UK Ltd</t>
+          <t>Bullitt Mobile Ltd</t>
         </is>
       </c>
       <c r="C233" s="0"/>
       <c r="D233" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H233" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I233" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L233" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M233" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N233" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -27740,112 +27740,112 @@
       </c>
       <c r="U233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="0" t="inlineStr">
         <is>
-          <t>3491W</t>
+          <t>2019WB</t>
         </is>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
-          <t>Bunanstua Ltd</t>
+          <t>Bulova UK Ltd</t>
         </is>
       </c>
       <c r="C234" s="0"/>
       <c r="D234" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E234" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F234" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O234" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P234" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q234" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R234" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S234" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -27858,361 +27858,361 @@
       </c>
       <c r="U234" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V234" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W234" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X234" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="0" t="inlineStr">
         <is>
-          <t>1303W</t>
+          <t>3491W</t>
         </is>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
-          <t>Bunzl Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bunanstua Ltd</t>
+        </is>
+      </c>
+      <c r="C235" s="0"/>
       <c r="D235" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E235" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F235" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H235" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I235" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V235" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W235" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X235" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="0" t="inlineStr">
         <is>
-          <t>1323W</t>
+          <t>1303W</t>
         </is>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
-          <t>Bunzl UK Ltd</t>
+          <t>Bunzl Ireland Ltd</t>
         </is>
       </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
-          <t>Bunzl McLaughlin</t>
+          <t>Bunzl Irish Merchants</t>
         </is>
       </c>
       <c r="D236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J236" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K236" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L236" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M236" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N236" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O236" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P236" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q236" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R236" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S236" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T236" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U236" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V236" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W236" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X236" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="0" t="inlineStr">
         <is>
-          <t>2903W</t>
+          <t>1323W</t>
         </is>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
-          <t>Burgoalarm Security Products Ltd</t>
-[...2 lines deleted...]
-      <c r="C237" s="0"/>
+          <t>Bunzl UK Ltd</t>
+        </is>
+      </c>
+      <c r="C237" s="0" t="inlineStr">
+        <is>
+          <t>Bunzl McLaughlin</t>
+        </is>
+      </c>
       <c r="D237" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E237" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F237" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G237" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H237" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I237" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J237" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P237" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q237" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R237" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S237" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T237" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -28220,658 +28220,658 @@
       </c>
       <c r="U237" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V237" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W237" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X237" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="0" t="inlineStr">
         <is>
-          <t>4476WB</t>
+          <t>2903W</t>
         </is>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
-          <t>Burj Tech Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Burgoalarm Security Products Ltd</t>
+        </is>
+      </c>
+      <c r="C238" s="0"/>
       <c r="D238" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J238" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="K238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="0" t="inlineStr">
         <is>
-          <t>404WB</t>
+          <t>4476WB</t>
         </is>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
-          <t>Burke Brothers Son and Company Ltd</t>
+          <t>Burj Tech Ltd</t>
         </is>
       </c>
       <c r="C239" s="0" t="inlineStr">
         <is>
-          <t>Burke Bros / Ashtown Trading</t>
+          <t>Bargains Direct</t>
         </is>
       </c>
       <c r="D239" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="0" t="inlineStr">
         <is>
-          <t>3293W</t>
+          <t>404WB</t>
         </is>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
-          <t>Burkert UK Ltd</t>
-[...2 lines deleted...]
-      <c r="C240" s="0"/>
+          <t>Burke Brothers Son and Company Ltd</t>
+        </is>
+      </c>
+      <c r="C240" s="0" t="inlineStr">
+        <is>
+          <t>Burke Bros / Ashtown Trading</t>
+        </is>
+      </c>
       <c r="D240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O240" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P240" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q240" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R240" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S240" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T240" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U240" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V240" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W240" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X240" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="0" t="inlineStr">
         <is>
-          <t>3451WB</t>
+          <t>3293W</t>
         </is>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
-          <t>Busch Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Burkert UK Ltd</t>
+        </is>
+      </c>
+      <c r="C241" s="0"/>
       <c r="D241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P241" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q241" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R241" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S241" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T241" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U241" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X241" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="0" t="inlineStr">
         <is>
-          <t>620WB</t>
+          <t>3451WB</t>
         </is>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
-          <t>Bushell Interiors Ltd</t>
-[...2 lines deleted...]
-      <c r="C242" s="0"/>
+          <t>Busch Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C242" s="0" t="inlineStr">
+        <is>
+          <t>Busch</t>
+        </is>
+      </c>
       <c r="D242" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E242" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F242" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G242" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H242" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="0" t="inlineStr">
         <is>
-          <t>107WB</t>
+          <t>620WB</t>
         </is>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
-          <t>Business Electronic Equipment Ltd</t>
+          <t>Bushell Interiors Ltd</t>
         </is>
       </c>
       <c r="C243" s="0"/>
       <c r="D243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H243" s="0" t="inlineStr">
         <is>
@@ -28940,117 +28940,117 @@
       </c>
       <c r="U243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="0" t="inlineStr">
         <is>
-          <t>932WB</t>
+          <t>107WB</t>
         </is>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
-          <t>Business Improvement Ltd</t>
+          <t>Business Electronic Equipment Ltd</t>
         </is>
       </c>
       <c r="C244" s="0"/>
       <c r="D244" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E244" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F244" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G244" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H244" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I244" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J244" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K244" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L244" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M244" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N244" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O244" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -29058,56 +29058,56 @@
       </c>
       <c r="U244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X244" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="0" t="inlineStr">
         <is>
-          <t>423WB</t>
+          <t>932WB</t>
         </is>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
-          <t>Business Management Systems Ltd</t>
+          <t>Business Improvement Ltd</t>
         </is>
       </c>
       <c r="C245" s="0"/>
       <c r="D245" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E245" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F245" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G245" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H245" s="0" t="inlineStr">
         <is>
@@ -29176,768 +29176,768 @@
       </c>
       <c r="U245" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V245" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W245" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X245" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="0" t="inlineStr">
         <is>
-          <t>2542T</t>
+          <t>423WB</t>
         </is>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
-          <t>Butler &amp; Young Tyres</t>
+          <t>Business Management Systems Ltd</t>
         </is>
       </c>
       <c r="C246" s="0"/>
       <c r="D246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K246" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L246" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M246" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N246" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O246" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P246" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q246" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R246" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S246" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T246" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U246" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V246" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W246" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X246" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="0" t="inlineStr">
         <is>
-          <t>148W</t>
+          <t>2542T</t>
         </is>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
-          <t>Butler Agencies</t>
+          <t>Butler &amp; Young Tyres</t>
         </is>
       </c>
       <c r="C247" s="0"/>
       <c r="D247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W247" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X247" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="0" t="inlineStr">
         <is>
-          <t>149WB</t>
+          <t>148W</t>
         </is>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
-          <t>Butler Transtest Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Butler Agencies</t>
+        </is>
+      </c>
+      <c r="C248" s="0"/>
       <c r="D248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X248" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="0" t="inlineStr">
         <is>
-          <t>2274T</t>
+          <t>149WB</t>
         </is>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
-          <t>Butlers Tyre Service</t>
-[...2 lines deleted...]
-      <c r="C249" s="0"/>
+          <t>Butler Transtest Ltd</t>
+        </is>
+      </c>
+      <c r="C249" s="0" t="inlineStr">
+        <is>
+          <t>Butler Technologies</t>
+        </is>
+      </c>
       <c r="D249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M249" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N249" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O249" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P249" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q249" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R249" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S249" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T249" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U249" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V249" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W249" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X249" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="0" t="inlineStr">
         <is>
-          <t>1975WB</t>
+          <t>2274T</t>
         </is>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
-          <t>Buy It Direct Ltd</t>
+          <t>Butlers Tyre Service</t>
         </is>
       </c>
       <c r="C250" s="0"/>
       <c r="D250" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M250" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N250" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O250" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X250" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="0" t="inlineStr">
         <is>
-          <t>1011W</t>
+          <t>1975WB</t>
         </is>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
-          <t>BWG Foods Ltd/Spar/Eurospar/Mace Value Centre</t>
+          <t>Buy It Direct Ltd</t>
         </is>
       </c>
       <c r="C251" s="0"/>
       <c r="D251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U251" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V251" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W251" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X251" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="0" t="inlineStr">
         <is>
-          <t>1412WB</t>
+          <t>1011W</t>
         </is>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
-          <t>By-Tek Office Systems Ltd</t>
+          <t>BWG Foods Ltd/Spar/Eurospar/Mace Value Centre</t>
         </is>
       </c>
       <c r="C252" s="0"/>
       <c r="D252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H252" s="0" t="inlineStr">
         <is>
@@ -29974,676 +29974,794 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T252" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U252" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V252" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W252" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X252" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="0" t="inlineStr">
         <is>
-          <t>3638WB</t>
+          <t>1412WB</t>
         </is>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
-          <t>BYD Europe BV</t>
-[...6 lines deleted...]
-      </c>
+          <t>By-Tek Office Systems Ltd</t>
+        </is>
+      </c>
+      <c r="C253" s="0"/>
       <c r="D253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M253" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U253" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V253" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W253" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X253" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="0" t="inlineStr">
         <is>
-          <t>3848WB</t>
+          <t>3638WB</t>
         </is>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
-          <t>ByoWave Ltd</t>
+          <t>BYD Europe BV</t>
         </is>
       </c>
       <c r="C254" s="0" t="inlineStr">
         <is>
-          <t>ByoWave</t>
+          <t>BYD</t>
         </is>
       </c>
       <c r="D254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N254" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O254" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P254" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q254" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R254" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S254" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T254" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U254" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="0" t="inlineStr">
         <is>
-          <t>3532T</t>
+          <t>3848WB</t>
         </is>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
-          <t>Byrne Tyres &amp; Auto Centre Ltd</t>
-[...2 lines deleted...]
-      <c r="C255" s="0"/>
+          <t>ByoWave Ltd</t>
+        </is>
+      </c>
+      <c r="C255" s="0" t="inlineStr">
+        <is>
+          <t>ByoWave</t>
+        </is>
+      </c>
       <c r="D255" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E255" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F255" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G255" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H255" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I255" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J255" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K255" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L255" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M255" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N255" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O255" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P255" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q255" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R255" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S255" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T255" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U255" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V255" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W255" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X255" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="0" t="inlineStr">
         <is>
-          <t>1933WB</t>
+          <t>3532T</t>
         </is>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
-          <t>Byrne's Electrical Wholesalers Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Byrne Tyres &amp; Auto Centre Ltd</t>
+        </is>
+      </c>
+      <c r="C256" s="0"/>
       <c r="D256" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E256" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F256" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G256" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="0" t="inlineStr">
         <is>
+          <t>1933WB</t>
+        </is>
+      </c>
+      <c r="B257" s="0" t="inlineStr">
+        <is>
+          <t>Byrne's Electrical Wholesalers Ltd</t>
+        </is>
+      </c>
+      <c r="C257" s="0" t="inlineStr">
+        <is>
+          <t>BEP Electrical Distributors</t>
+        </is>
+      </c>
+      <c r="D257" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="E257" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F257" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G257" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H257" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I257" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J257" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K257" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L257" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M257" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N257" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O257" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P257" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q257" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R257" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S257" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T257" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U257" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V257" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W257" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X257" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="0" t="inlineStr">
+        <is>
           <t>1141WB</t>
         </is>
       </c>
-      <c r="B257" s="0" t="inlineStr">
+      <c r="B258" s="0" t="inlineStr">
         <is>
           <t>Byrne's World of Wonder</t>
         </is>
       </c>
-      <c r="C257" s="0"/>
-[...100 lines deleted...]
-      <c r="X257" s="0" t="inlineStr">
+      <c r="C258" s="0"/>
+      <c r="D258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="R258" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="S258" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="T258" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U258" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V258" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W258" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="X258" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">