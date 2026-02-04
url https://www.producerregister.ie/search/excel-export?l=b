--- v1 (2025-12-07)
+++ v2 (2026-02-04)
@@ -107,137 +107,140 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:X258"/>
+  <dimension ref="A1:Y265"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Reg No.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Company Name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Trading As</t>
         </is>
       </c>
       <c r="D1" s="0" t="n">
+        <v>2026</v>
+      </c>
+      <c r="E1" s="0" t="n">
         <v>2025</v>
       </c>
-      <c r="E1" s="0" t="n">
+      <c r="F1" s="0" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="0" t="n">
+      <c r="G1" s="0" t="n">
         <v>2023</v>
       </c>
-      <c r="G1" s="0" t="n">
+      <c r="H1" s="0" t="n">
         <v>2022</v>
       </c>
-      <c r="H1" s="0" t="n">
+      <c r="I1" s="0" t="n">
         <v>2021</v>
       </c>
-      <c r="I1" s="0" t="n">
+      <c r="J1" s="0" t="n">
         <v>2020</v>
       </c>
-      <c r="J1" s="0" t="n">
+      <c r="K1" s="0" t="n">
         <v>2019</v>
       </c>
-      <c r="K1" s="0" t="n">
+      <c r="L1" s="0" t="n">
         <v>2018</v>
       </c>
-      <c r="L1" s="0" t="n">
+      <c r="M1" s="0" t="n">
         <v>2017</v>
       </c>
-      <c r="M1" s="0" t="n">
+      <c r="N1" s="0" t="n">
         <v>2016</v>
       </c>
-      <c r="N1" s="0" t="n">
+      <c r="O1" s="0" t="n">
         <v>2015</v>
       </c>
-      <c r="O1" s="0" t="n">
+      <c r="P1" s="0" t="n">
         <v>2014</v>
       </c>
-      <c r="P1" s="0" t="n">
+      <c r="Q1" s="0" t="n">
         <v>2013</v>
       </c>
-      <c r="Q1" s="0" t="n">
+      <c r="R1" s="0" t="n">
         <v>2012</v>
       </c>
-      <c r="R1" s="0" t="n">
+      <c r="S1" s="0" t="n">
         <v>2011</v>
       </c>
-      <c r="S1" s="0" t="n">
+      <c r="T1" s="0" t="n">
         <v>2010</v>
       </c>
-      <c r="T1" s="0" t="n">
+      <c r="U1" s="0" t="n">
         <v>2009</v>
       </c>
-      <c r="U1" s="0" t="n">
+      <c r="V1" s="0" t="n">
         <v>2008</v>
       </c>
-      <c r="V1" s="0" t="n">
+      <c r="W1" s="0" t="n">
         <v>2007</v>
       </c>
-      <c r="W1" s="0" t="n">
+      <c r="X1" s="0" t="n">
         <v>2006</v>
       </c>
-      <c r="X1" s="0" t="n">
+      <c r="Y1" s="0" t="n">
         <v>2005</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>707WB</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>B &amp; C Audio Visual Ltd</t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
@@ -251,51 +254,51 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -310,74 +313,79 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>121WB</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>B &amp; Q Ireland Ltd</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
           <t>B&amp;Q</t>
         </is>
       </c>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -432,115 +440,120 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X3" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>3176T</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>B &amp; T Tyres Ltd</t>
         </is>
       </c>
       <c r="C4" s="0"/>
       <c r="D4" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -550,50 +563,55 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X4" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>844WB</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>B Cool 2 Ltd</t>
         </is>
       </c>
       <c r="C5" s="0"/>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -644,98 +662,103 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O5" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P5" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q5" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R5" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S5" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X5" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>335W</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>B International</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>Oasis</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -790,50 +813,55 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X6" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>634WB</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>B P Multipage Ltd</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
           <t>Critico</t>
         </is>
       </c>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
@@ -916,50 +944,55 @@
       <c r="T7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
+      <c r="Y7" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
           <t>1142W</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>B-Safe Products Ltd</t>
         </is>
       </c>
       <c r="C8" s="0"/>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
@@ -996,104 +1029,109 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N8" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V8" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X8" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>1535W</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>B. &amp; G. Ltd</t>
         </is>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1129,69 +1167,74 @@
           <t>YES</t>
         </is>
       </c>
       <c r="P9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T9" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X9" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>647W</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>B. &amp; G. Ltd -</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -1252,64 +1295,69 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q10" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R10" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S10" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T10" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="U10" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X10" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>1341W</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>B. Braun Avitum Ireland Ltd</t>
         </is>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -1345,109 +1393,114 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N11" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O11" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P11" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U11" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X11" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>996WB</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>B. Braun Medical Ltd</t>
         </is>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1502,50 +1555,55 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X12" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>708WB</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>B. J. Fitzpatrick &amp; Co. Ltd</t>
         </is>
       </c>
       <c r="C13" s="0"/>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -1601,69 +1659,74 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P13" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q13" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R13" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S13" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T13" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X13" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>853W</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>B.C. Electrics Ltd</t>
         </is>
       </c>
       <c r="C14" s="0"/>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -1734,54 +1797,59 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S14" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T14" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="U14" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="V14" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="W14" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X14" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="inlineStr">
         <is>
           <t>1102W</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>B.G. Salon Sales Ltd</t>
         </is>
       </c>
       <c r="C15" s="0"/>
       <c r="D15" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -1822,104 +1890,109 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N15" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O15" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P15" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q15" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V15" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X15" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="inlineStr">
         <is>
           <t>289W</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>B.H.C. Coding Systems Ltd</t>
         </is>
       </c>
       <c r="C16" s="0"/>
       <c r="D16" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1974,50 +2047,55 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X16" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>1584WB</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>B.J. Fitzpatrick Ltd</t>
         </is>
       </c>
       <c r="C17" s="0"/>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -2033,129 +2111,134 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T17" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X17" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>1190B</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>B.S. Lewis Ltd</t>
         </is>
       </c>
       <c r="C18" s="0"/>
       <c r="D18" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2201,79 +2284,84 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X18" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="inlineStr">
         <is>
           <t>2758WB</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>B&amp;R Industrial Automation Ltd</t>
         </is>
       </c>
       <c r="C19" s="0"/>
       <c r="D19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2319,222 +2407,232 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X19" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>2229WB</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>B&amp;W Group Ltd</t>
         </is>
       </c>
       <c r="C20" s="0"/>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X20" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="inlineStr">
         <is>
           <t>574W</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>B+B SmartWorx Ltd</t>
         </is>
       </c>
       <c r="C21" s="0"/>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2564,70 +2662,75 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X21" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="inlineStr">
         <is>
           <t>956WB</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Baker Hughes EMEA Unlimited Company</t>
         </is>
       </c>
       <c r="C22" s="0"/>
       <c r="D22" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2678,119 +2781,124 @@
           <t>YES</t>
         </is>
       </c>
       <c r="S22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W22" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X22" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="inlineStr">
         <is>
           <t>2306T</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Balgaddy Tyres Ltd</t>
         </is>
       </c>
       <c r="C23" s="0"/>
       <c r="D23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -2800,50 +2908,55 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X23" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="inlineStr">
         <is>
           <t>2474T</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Ballaugh Motors Ltd</t>
         </is>
       </c>
       <c r="C24" s="0"/>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -2854,61 +2967,61 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2918,50 +3031,55 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X24" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="inlineStr">
         <is>
           <t>2748T</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Ballinagh Auto Motors Ltd</t>
         </is>
       </c>
       <c r="C25" s="0"/>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2972,61 +3090,61 @@
           <t>YES</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -3036,119 +3154,124 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X25" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="inlineStr">
         <is>
           <t>2245T</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Ballinasloe Tyres and Quick Fit Centre</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
           <t>Ballinasloe Tyre Centre</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -3158,90 +3281,95 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X26" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="inlineStr">
         <is>
           <t>3481W</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Balluff GmbH</t>
         </is>
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -3276,50 +3404,55 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X27" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="inlineStr">
         <is>
           <t>2639T</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Ballybrit Exhaust &amp; Tyre Centre Ltd</t>
         </is>
       </c>
       <c r="C28" s="0"/>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3340,51 +3473,51 @@
           <t>YES</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N28" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O28" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P28" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q28" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R28" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -3394,115 +3527,120 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T28" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U28" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V28" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W28" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X28" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y28" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="inlineStr">
         <is>
           <t>2497T</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
           <t>Ballyfarnon Motor Works Ltd</t>
         </is>
       </c>
       <c r="C29" s="0"/>
       <c r="D29" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N29" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O29" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P29" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q29" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R29" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -3512,50 +3650,55 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T29" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U29" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V29" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W29" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X29" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y29" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="inlineStr">
         <is>
           <t>855W</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
           <t>Ballyneety Manufacturing Services Ltd</t>
         </is>
       </c>
       <c r="C30" s="0"/>
       <c r="D30" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -3576,51 +3719,51 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3630,50 +3773,55 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X30" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="inlineStr">
         <is>
           <t>2247T</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Baloon New and Part Worn Tyres Service</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
           <t>Baloon tyres and car repairs</t>
         </is>
       </c>
       <c r="D31" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
@@ -3688,63 +3836,63 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L31" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="L31" s="0" t="inlineStr">
+      <c r="M31" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="M31" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
@@ -3752,119 +3900,124 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X31" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y31" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="inlineStr">
         <is>
           <t>2817WB</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
           <t>Balsam International Unlimited Company</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
           <t>Balsam Hill</t>
         </is>
       </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -3874,50 +4027,55 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="inlineStr">
         <is>
           <t>3383W</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Balscadden Online Ltd</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>Fitness Equipment Ireland</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
@@ -3932,51 +4090,51 @@
           <t>YES</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -3996,70 +4154,75 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="inlineStr">
         <is>
           <t>1666WB</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Banaghan &amp; Company Ltd</t>
         </is>
       </c>
       <c r="C34" s="0"/>
       <c r="D34" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4114,115 +4277,120 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X34" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="inlineStr">
         <is>
           <t>2537T</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
           <t>Banagher Tyres &amp; Garage Ltd</t>
         </is>
       </c>
       <c r="C35" s="0"/>
       <c r="D35" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E35" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E35" s="0" t="inlineStr">
+      <c r="F35" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="F35" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -4232,105 +4400,110 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X35" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="inlineStr">
         <is>
           <t>2869B</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Bandon Motors (Bandon) Ltd</t>
         </is>
       </c>
       <c r="C36" s="0"/>
       <c r="D36" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -4341,59 +4514,64 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X36" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="inlineStr">
         <is>
           <t>772W</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
           <t>Bandwidth Telecommunications Ltd</t>
         </is>
       </c>
       <c r="C37" s="0"/>
       <c r="D37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4469,50 +4647,55 @@
           <t>YES</t>
         </is>
       </c>
       <c r="T37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X37" s="0" t="inlineStr">
         <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y37" s="0" t="inlineStr">
+        <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="inlineStr">
         <is>
           <t>935WB</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Banner Business Services (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C38" s="0"/>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
@@ -4537,164 +4720,169 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J38" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N38" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X38" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="inlineStr">
         <is>
           <t>3712T</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
           <t>Bansha Tyre Company Ltd</t>
         </is>
       </c>
       <c r="C39" s="0"/>
       <c r="D39" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -4704,114 +4892,115 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X39" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y39" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>2351T</t>
+          <t>4730T</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Bantry Tyre Centre (Newtown) Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bansha Tyre Company Ltd</t>
+        </is>
+      </c>
+      <c r="C40" s="0"/>
       <c r="D40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -4826,1366 +5015,1430 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X40" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y40" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>4087B</t>
+          <t>2351T</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Baoding Qingchao Network Technology Co., LTD</t>
+          <t>Bantry Tyre Centre (Newtown) Ltd</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>ZECA </t>
+          <t>Bantry Tyre Centre</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X41" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>2114WB</t>
+          <t>4087B</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Barb Electrical Company Ltd</t>
-[...2 lines deleted...]
-      <c r="C42" s="0"/>
+          <t>Baoding Qingchao Network Technology Co., LTD</t>
+        </is>
+      </c>
+      <c r="C42" s="0" t="inlineStr">
+        <is>
+          <t>ZECA </t>
+        </is>
+      </c>
       <c r="D42" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V42" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y42" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>2589WB</t>
+          <t>2114WB</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Barco N.V.</t>
+          <t>Barb Electrical Company Ltd</t>
         </is>
       </c>
       <c r="C43" s="0"/>
       <c r="D43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W43" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X43" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y43" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>3197BT</t>
+          <t>2589WB</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>Barcon Forklift &amp; Plant Services Ltd</t>
+          <t>Barco N.V.</t>
         </is>
       </c>
       <c r="C44" s="0"/>
       <c r="D44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q44" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R44" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S44" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T44" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U44" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y44" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>269WB</t>
+          <t>3197BT</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Bard Ltd</t>
+          <t>Barcon Forklift &amp; Plant Services Ltd</t>
         </is>
       </c>
       <c r="C45" s="0"/>
       <c r="D45" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V45" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W45" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X45" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y45" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>966WB</t>
+          <t>269WB</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>Barker Photographic Ltd</t>
+          <t>Bard Ltd</t>
         </is>
       </c>
       <c r="C46" s="0"/>
       <c r="D46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y46" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>3115BT</t>
+          <t>966WB</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Barlo Motors Ltd</t>
+          <t>Barker Photographic Ltd</t>
         </is>
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V47" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W47" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X47" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y47" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>2249T</t>
+          <t>3115BT</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Barne Accessories Ltd</t>
+          <t>Barlo Motors Ltd</t>
         </is>
       </c>
       <c r="C48" s="0"/>
       <c r="D48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N48" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O48" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P48" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q48" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R48" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S48" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T48" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U48" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V48" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W48" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X48" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y48" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>675W</t>
+          <t>2249T</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Baro Lighting (Ireland) Ltd</t>
+          <t>Barne Accessories Ltd</t>
         </is>
       </c>
       <c r="C49" s="0"/>
       <c r="D49" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N49" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O49" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P49" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q49" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y49" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>1884W</t>
+          <t>675W</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Batchelors</t>
+          <t>Baro Lighting (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C50" s="0"/>
       <c r="D50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="N50" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="O50" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="P50" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="Q50" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="R50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="S50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y50" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>1192B</t>
+          <t>4673B</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>Battery Distribution Of Ireland</t>
+          <t>Baruch Enterprises B.V.</t>
         </is>
       </c>
       <c r="C51" s="0"/>
       <c r="D51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S51" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y51" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>1217B</t>
+          <t>1884W</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Battery Services (Ireland) Ltd</t>
+          <t>Batchelors</t>
         </is>
       </c>
       <c r="C52" s="0"/>
       <c r="D52" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
@@ -6202,226 +6455,236 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N52" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="P52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="Q52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="R52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="S52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X52" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>1333WB</t>
+          <t>1192B</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Batteryman Distribution Ltd</t>
+          <t>Battery Distribution Of Ireland</t>
         </is>
       </c>
       <c r="C53" s="0"/>
       <c r="D53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W53" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X53" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y53" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>120WB</t>
+          <t>1217B</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Batteryman Ltd</t>
+          <t>Battery Services (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C54" s="0"/>
       <c r="D54" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
@@ -6463,561 +6726,586 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P54" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q54" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R54" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S54" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V54" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y54" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>1664W</t>
+          <t>1333WB</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Baumatic Ltd</t>
+          <t>Batteryman Distribution Ltd</t>
         </is>
       </c>
       <c r="C55" s="0"/>
       <c r="D55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O55" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V55" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W55" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X55" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y55" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>3398W</t>
+          <t>120WB</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Baumer Ltd</t>
+          <t>Batteryman Ltd</t>
         </is>
       </c>
       <c r="C56" s="0"/>
       <c r="D56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y56" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>922W</t>
+          <t>1664W</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Bausch &amp; Lomb UK</t>
+          <t>Baumatic Ltd</t>
         </is>
       </c>
       <c r="C57" s="0"/>
       <c r="D57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y57" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>588WB</t>
+          <t>3398W</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Baxter Healthcare Ltd</t>
+          <t>Baumer Ltd</t>
         </is>
       </c>
       <c r="C58" s="0"/>
       <c r="D58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y58" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>1940WB</t>
+          <t>922W</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Bayer Ltd</t>
+          <t>Bausch &amp; Lomb UK</t>
         </is>
       </c>
       <c r="C59" s="0"/>
       <c r="D59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -7033,339 +7321,354 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y59" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>1725WB</t>
+          <t>588WB</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Bayer Ltd -</t>
+          <t>Baxter Healthcare Ltd</t>
         </is>
       </c>
       <c r="C60" s="0"/>
       <c r="D60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y60" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>949W</t>
+          <t>1940WB</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Bayesker Ltd</t>
+          <t>Bayer Ltd</t>
         </is>
       </c>
       <c r="C61" s="0"/>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S61" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W61" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X61" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y61" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>848WB</t>
+          <t>1725WB</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>Bayfield Supplies Ltd</t>
+          <t>Bayer Ltd -</t>
         </is>
       </c>
       <c r="C62" s="0"/>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
@@ -7392,1168 +7695,1214 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N62" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O62" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P62" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y62" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>2622WB</t>
+          <t>949W</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Bbikes Ireland</t>
+          <t>Bayesker Ltd</t>
         </is>
       </c>
       <c r="C63" s="0"/>
       <c r="D63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="N63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="O63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="P63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="Q63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="R63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="S63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="T63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="U63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X63" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y63" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>1948WB</t>
+          <t>848WB</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>BD Property &amp; Enterprises Ltd</t>
+          <t>Bayfield Supplies Ltd</t>
         </is>
       </c>
       <c r="C64" s="0"/>
       <c r="D64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y64" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>1613B</t>
+          <t>2622WB</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>BDI Batteries Ltd</t>
+          <t>Bbikes Ireland</t>
         </is>
       </c>
       <c r="C65" s="0"/>
       <c r="D65" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N65" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O65" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X65" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>986WB</t>
+          <t>1948WB</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>BDR Thermea Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>BD Property &amp; Enterprises Ltd</t>
+        </is>
+      </c>
+      <c r="C66" s="0"/>
       <c r="D66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="N66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="O66" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P66" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X66" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>3611WB</t>
+          <t>1613B</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Beacon Medical Distribution Ltd</t>
+          <t>BDI Batteries Ltd</t>
         </is>
       </c>
       <c r="C67" s="0"/>
       <c r="D67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q67" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R67" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S67" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X67" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y67" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>1041W</t>
+          <t>986WB</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Beam Vacuum Systems Ltd</t>
-[...2 lines deleted...]
-      <c r="C68" s="0"/>
+          <t>BDR Thermea Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C68" s="0" t="inlineStr">
+        <is>
+          <t>Baxi</t>
+        </is>
+      </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O68" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y68" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>116WB</t>
+          <t>3611WB</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>Beaumark Ltd</t>
+          <t>Beacon Medical Distribution Ltd</t>
         </is>
       </c>
       <c r="C69" s="0"/>
       <c r="D69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y69" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>535WB</t>
+          <t>1041W</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Beaumex Unlimited Company</t>
+          <t>Beam Vacuum Systems Ltd</t>
         </is>
       </c>
       <c r="C70" s="0"/>
       <c r="D70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X70" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>2697WB</t>
+          <t>116WB</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Beauty Features Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Beaumark Ltd</t>
+        </is>
+      </c>
+      <c r="C71" s="0"/>
       <c r="D71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X71" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y71" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>1177WB</t>
+          <t>535WB</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Bechtle Direct Ltd</t>
+          <t>Beaumex Unlimited Company</t>
         </is>
       </c>
       <c r="C72" s="0"/>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
@@ -8605,201 +8954,211 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y72" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>1665WB</t>
+          <t>2697WB</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Beckman Coulter Diagnostics Ltd</t>
-[...2 lines deleted...]
-      <c r="C73" s="0"/>
+          <t>Beauty Features Ltd</t>
+        </is>
+      </c>
+      <c r="C73" s="0" t="inlineStr">
+        <is>
+          <t>iloveshopping.ie</t>
+        </is>
+      </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S73" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T73" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U73" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V73" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W73" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X73" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y73" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>398WB</t>
+          <t>1177WB</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Becton Dickinson U.K. Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bechtle Direct Ltd</t>
+        </is>
+      </c>
+      <c r="C74" s="0"/>
       <c r="D74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -8815,605 +9174,630 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W74" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X74" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y74" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>2174WB</t>
+          <t>1665WB</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Bedrock Manufacturing Europe B.V.</t>
+          <t>Beckman Coulter Diagnostics Ltd</t>
         </is>
       </c>
       <c r="C75" s="0"/>
       <c r="D75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S75" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T75" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U75" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V75" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W75" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X75" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y75" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>3581W</t>
+          <t>398WB</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Bedroom Elegance (Sales) Ltd</t>
-[...2 lines deleted...]
-      <c r="C76" s="0"/>
+          <t>Becton Dickinson U.K. Ltd</t>
+        </is>
+      </c>
+      <c r="C76" s="0" t="inlineStr">
+        <is>
+          <t>BDUK Ltd</t>
+        </is>
+      </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X76" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>2029WB</t>
+          <t>4738WB</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Beechfield Healthcare Ltd</t>
+          <t>BED GEEK LLC</t>
         </is>
       </c>
       <c r="C77" s="0"/>
       <c r="D77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V77" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W77" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X77" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y77" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>1123WB</t>
+          <t>2174WB</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Beechill Enterprises Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bedrock Manufacturing Europe B.V.</t>
+        </is>
+      </c>
+      <c r="C78" s="0"/>
       <c r="D78" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y78" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>4072B</t>
+          <t>3581W</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Bei Jing Yu Shang Shang Mao You Xian Gong Si</t>
+          <t>Bedroom Elegance (Sales) Ltd</t>
         </is>
       </c>
       <c r="C79" s="0"/>
       <c r="D79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -9439,583 +9823,608 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V79" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W79" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X79" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y79" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>4269B</t>
+          <t>2029WB</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Beifeng Trading (Hong Kong) Co., Limited</t>
-[...6 lines deleted...]
-      </c>
+          <t>Beechfield Healthcare Ltd</t>
+        </is>
+      </c>
+      <c r="C80" s="0"/>
       <c r="D80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V80" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W80" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X80" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y80" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>4270B</t>
+          <t>1123WB</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Beihengtong Trading (Hong Kong) Co., Limited</t>
+          <t>Beechill Enterprises Ltd</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
-          <t>StoneGo</t>
+          <t>Richer Sounds Ireland</t>
         </is>
       </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V81" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W81" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X81" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y81" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>4071B</t>
+          <t>4072B</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Beijing Shuofang Xinxi Jishu Co., Ltd</t>
+          <t>Bei Jing Yu Shang Shang Mao You Xian Gong Si</t>
         </is>
       </c>
       <c r="C82" s="0"/>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W82" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X82" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y82" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>341WB</t>
+          <t>4269B</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>Beko PLC</t>
+          <t>Beifeng Trading (Hong Kong) Co., Limited</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
-          <t>Beko Ireland</t>
+          <t>StoneGo</t>
         </is>
       </c>
       <c r="D83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y83" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>3267WB</t>
+          <t>4270B</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>BELL Lighting (Ireland) Ltd</t>
-[...2 lines deleted...]
-      <c r="C84" s="0"/>
+          <t>Beihengtong Trading (Hong Kong) Co., Limited</t>
+        </is>
+      </c>
+      <c r="C84" s="0" t="inlineStr">
+        <is>
+          <t>StoneGo</t>
+        </is>
+      </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -10046,359 +10455,374 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="S84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y84" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>951W</t>
+          <t>4071B</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Bell Microproducts Ltd</t>
+          <t>Beijing Shuofang Xinxi Jishu Co., Ltd</t>
         </is>
       </c>
       <c r="C85" s="0"/>
       <c r="D85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R85" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S85" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T85" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U85" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V85" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y85" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>2281BT</t>
+          <t>341WB</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Bella Enterprises Ltd</t>
+          <t>Beko PLC</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
-          <t>Dunleas of Kilcullen</t>
+          <t>Beko Ireland</t>
         </is>
       </c>
       <c r="D86" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y86" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>3313WB</t>
+          <t>3267WB</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>BellaBaby Ltd</t>
+          <t>BELL Lighting (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C87" s="0"/>
       <c r="D87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N87" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O87" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P87" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q87" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R87" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -10408,1964 +10832,2049 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T87" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U87" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V87" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W87" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X87" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y87" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>1799W</t>
+          <t>951W</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Bellew Electrical Wholesale Ltd</t>
+          <t>Bell Microproducts Ltd</t>
         </is>
       </c>
       <c r="C88" s="0"/>
       <c r="D88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X88" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y88" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>592WB</t>
+          <t>2281BT</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Beltronics Computers Ltd</t>
-[...2 lines deleted...]
-      <c r="C89" s="0"/>
+          <t>Bella Enterprises Ltd</t>
+        </is>
+      </c>
+      <c r="C89" s="0" t="inlineStr">
+        <is>
+          <t>Dunleas of Kilcullen</t>
+        </is>
+      </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y89" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>3243WB</t>
+          <t>3313WB</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>BEMA Ventures Ltd</t>
+          <t>BellaBaby Ltd</t>
         </is>
       </c>
       <c r="C90" s="0"/>
       <c r="D90" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X90" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>3130W</t>
+          <t>1799W</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Ben Q - Brunswick Medical International</t>
+          <t>Bellew Electrical Wholesale Ltd</t>
         </is>
       </c>
       <c r="C91" s="0"/>
       <c r="D91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S91" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T91" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U91" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V91" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W91" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y91" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>3382W</t>
+          <t>592WB</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>Bene Office Furniture Ireland Ltd</t>
+          <t>Beltronics Computers Ltd</t>
         </is>
       </c>
       <c r="C92" s="0"/>
       <c r="D92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X92" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>3100B</t>
+          <t>3243WB</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Benner's Garage Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>BEMA Ventures Ltd</t>
+        </is>
+      </c>
+      <c r="C93" s="0"/>
       <c r="D93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N93" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O93" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P93" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V93" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X93" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y93" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="0" t="inlineStr">
         <is>
-          <t>1784WB</t>
+          <t>3130W</t>
         </is>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>Bennettstone Ltd</t>
+          <t>Ben Q - Brunswick Medical International</t>
         </is>
       </c>
       <c r="C94" s="0"/>
       <c r="D94" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U94" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V94" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W94" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y94" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="inlineStr">
         <is>
-          <t>697W</t>
+          <t>3382W</t>
         </is>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>Benny Quinn Ltd</t>
+          <t>Bene Office Furniture Ireland Ltd</t>
         </is>
       </c>
       <c r="C95" s="0"/>
       <c r="D95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W95" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y95" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="inlineStr">
         <is>
-          <t>736W</t>
+          <t>3100B</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>Bercar Welding Ltd</t>
-[...2 lines deleted...]
-      <c r="C96" s="0"/>
+          <t>Benner's Garage Ltd</t>
+        </is>
+      </c>
+      <c r="C96" s="0" t="inlineStr">
+        <is>
+          <t>Kerry Motor Works</t>
+        </is>
+      </c>
       <c r="D96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y96" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="0" t="inlineStr">
         <is>
-          <t>3245WB</t>
+          <t>1784WB</t>
         </is>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>Bergfreunde GmbH</t>
+          <t>Bennettstone Ltd</t>
         </is>
       </c>
       <c r="C97" s="0"/>
       <c r="D97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N97" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O97" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X97" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y97" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="0" t="inlineStr">
         <is>
-          <t>1970WB</t>
+          <t>697W</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Bering Time Aps</t>
+          <t>Benny Quinn Ltd</t>
         </is>
       </c>
       <c r="C98" s="0"/>
       <c r="D98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O98" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="0" t="inlineStr">
         <is>
-          <t>1338WB</t>
+          <t>4668WB</t>
         </is>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>Berkel (Ireland) Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Benross Marketing Ltd</t>
+        </is>
+      </c>
+      <c r="C99" s="0"/>
       <c r="D99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y99" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="0" t="inlineStr">
         <is>
-          <t>2505T</t>
+          <t>736W</t>
         </is>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Bespoke Motors</t>
+          <t>Bercar Welding Ltd</t>
         </is>
       </c>
       <c r="C100" s="0"/>
       <c r="D100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X100" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y100" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="0" t="inlineStr">
         <is>
-          <t>3768W</t>
+          <t>3245WB</t>
         </is>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Bespoke Security Ltd</t>
+          <t>Bergfreunde GmbH</t>
         </is>
       </c>
       <c r="C101" s="0"/>
       <c r="D101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W101" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X101" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y101" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="0" t="inlineStr">
         <is>
-          <t>2433T</t>
+          <t>1970WB</t>
         </is>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Best Lane Tyres</t>
+          <t>Bering Time Aps</t>
         </is>
       </c>
       <c r="C102" s="0"/>
       <c r="D102" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P102" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q102" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R102" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S102" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T102" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U102" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V102" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W102" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X102" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y102" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="0" t="inlineStr">
         <is>
-          <t>2287T</t>
+          <t>1338WB</t>
         </is>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>BestDrive Ireland Ltd</t>
+          <t>Berkel (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
-          <t>Advance Pitstop</t>
+          <t>Avery Weigh-Tronix</t>
         </is>
       </c>
       <c r="D103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N103" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O103" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P103" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q103" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R103" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S103" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T103" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U103" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V103" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W103" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X103" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y103" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="0" t="inlineStr">
         <is>
-          <t>2031WB</t>
+          <t>2505T</t>
         </is>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>BestEcig</t>
+          <t>Bespoke Motors</t>
         </is>
       </c>
       <c r="C104" s="0"/>
       <c r="D104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
@@ -12377,354 +12886,369 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q104" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R104" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S104" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T104" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U104" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V104" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W104" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X104" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y104" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="0" t="inlineStr">
         <is>
-          <t>3397WB</t>
+          <t>3768W</t>
         </is>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Bestpol Blinds Ltd</t>
+          <t>Bespoke Security Ltd</t>
         </is>
       </c>
       <c r="C105" s="0"/>
       <c r="D105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y105" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="0" t="inlineStr">
         <is>
-          <t>537W</t>
+          <t>2433T</t>
         </is>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>BETA ELECTRONICS</t>
+          <t>Best Lane Tyres</t>
         </is>
       </c>
       <c r="C106" s="0"/>
       <c r="D106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W106" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X106" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y106" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="0" t="inlineStr">
         <is>
-          <t>1823WB</t>
+          <t>2287T</t>
         </is>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Better Energy Management Ltd</t>
+          <t>BestDrive Ireland Ltd</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
-          <t>BEM</t>
+          <t>Advance Pitstop</t>
         </is>
       </c>
       <c r="D107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -12735,473 +13259,497 @@
           <t>YES</t>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R107" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S107" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T107" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U107" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V107" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W107" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X107" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y107" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="0" t="inlineStr">
         <is>
-          <t>2023WB</t>
+          <t>2031WB</t>
         </is>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Betterware Ltd</t>
+          <t>BestEcig</t>
         </is>
       </c>
       <c r="C108" s="0"/>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q108" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R108" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S108" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T108" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U108" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V108" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W108" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X108" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y108" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="0" t="inlineStr">
         <is>
-          <t>284WB</t>
+          <t>3397WB</t>
         </is>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Betterware UK Ltd</t>
+          <t>Bestpol Blinds Ltd</t>
         </is>
       </c>
       <c r="C109" s="0"/>
       <c r="D109" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N109" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O109" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P109" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y109" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="0" t="inlineStr">
         <is>
-          <t>3843WB</t>
+          <t>537W</t>
         </is>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Beurer Europe GmbH</t>
+          <t>BETA ELECTRONICS</t>
         </is>
       </c>
       <c r="C110" s="0"/>
       <c r="D110" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y110" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="0" t="inlineStr">
         <is>
-          <t>825WB</t>
+          <t>1823WB</t>
         </is>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Bewley's Tea and Coffee Ltd</t>
-[...2 lines deleted...]
-      <c r="C111" s="0"/>
+          <t>Better Energy Management Ltd</t>
+        </is>
+      </c>
+      <c r="C111" s="0" t="inlineStr">
+        <is>
+          <t>BEM</t>
+        </is>
+      </c>
       <c r="D111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -13232,206 +13780,216 @@
           <t>YES</t>
         </is>
       </c>
       <c r="O111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y111" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="0" t="inlineStr">
         <is>
-          <t>3525WB</t>
+          <t>2023WB</t>
         </is>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Beyerdynamic GmbH &amp; Co KG</t>
+          <t>Betterware Ltd</t>
         </is>
       </c>
       <c r="C112" s="0"/>
       <c r="D112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q112" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R112" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S112" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T112" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U112" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V112" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W112" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X112" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y112" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="0" t="inlineStr">
         <is>
-          <t>310WB</t>
+          <t>284WB</t>
         </is>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Beyond 2000 Ltd</t>
+          <t>Betterware UK Ltd</t>
         </is>
       </c>
       <c r="C113" s="0"/>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
@@ -13458,1451 +14016,1511 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N113" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O113" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P113" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q113" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X113" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="0" t="inlineStr">
         <is>
-          <t>2737WB</t>
+          <t>3843WB</t>
         </is>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>BHC Distributors Ltd</t>
+          <t>Beurer Europe GmbH</t>
         </is>
       </c>
       <c r="C114" s="0"/>
       <c r="D114" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P114" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q114" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R114" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S114" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T114" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U114" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V114" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W114" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X114" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y114" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="0" t="inlineStr">
         <is>
-          <t>538WB</t>
+          <t>825WB</t>
         </is>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>BHT Group Ltd</t>
+          <t>Bewley's Tea and Coffee Ltd</t>
         </is>
       </c>
       <c r="C115" s="0"/>
       <c r="D115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R115" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S115" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T115" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U115" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V115" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W115" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X115" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y115" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="0" t="inlineStr">
         <is>
-          <t>1489WB</t>
+          <t>3525WB</t>
         </is>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>Big Bear Sound Ltd</t>
+          <t>Beyerdynamic GmbH &amp; Co KG</t>
         </is>
       </c>
       <c r="C116" s="0"/>
       <c r="D116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X116" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y116" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="0" t="inlineStr">
         <is>
-          <t>496W</t>
+          <t>310WB</t>
         </is>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Bijur Delimon International</t>
+          <t>Beyond 2000 Ltd</t>
         </is>
       </c>
       <c r="C117" s="0"/>
       <c r="D117" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P117" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q117" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R117" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S117" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T117" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U117" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V117" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W117" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X117" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y117" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="0" t="inlineStr">
         <is>
-          <t>1959W</t>
+          <t>2737WB</t>
         </is>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Bijur Lubricating Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>BHC Distributors Ltd</t>
+        </is>
+      </c>
+      <c r="C118" s="0"/>
       <c r="D118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q118" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R118" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S118" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T118" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U118" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V118" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W118" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X118" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y118" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="0" t="inlineStr">
         <is>
-          <t>3050WB</t>
+          <t>538WB</t>
         </is>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Bike24 GmbH</t>
+          <t>BHT Group Ltd</t>
         </is>
       </c>
       <c r="C119" s="0"/>
       <c r="D119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O119" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y119" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="0" t="inlineStr">
         <is>
-          <t>2791T</t>
+          <t>1489WB</t>
         </is>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Bill Hendrick &amp; Sons Tyre Services</t>
+          <t>Big Bear Sound Ltd</t>
         </is>
       </c>
       <c r="C120" s="0"/>
       <c r="D120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X120" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y120" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="0" t="inlineStr">
         <is>
-          <t>2968BT</t>
+          <t>496W</t>
         </is>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>Billy Moran &amp; Son Ltd</t>
+          <t>Bijur Delimon International</t>
         </is>
       </c>
       <c r="C121" s="0"/>
       <c r="D121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I121" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y121" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="0" t="inlineStr">
         <is>
-          <t>189WB</t>
+          <t>1959W</t>
         </is>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>Bio-Medical Research Ltd</t>
-[...2 lines deleted...]
-      <c r="C122" s="0"/>
+          <t>Bijur Lubricating Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C122" s="0" t="inlineStr">
+        <is>
+          <t>Bijur Delimon International</t>
+        </is>
+      </c>
       <c r="D122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N122" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O122" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P122" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y122" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="0" t="inlineStr">
         <is>
-          <t>4305WB</t>
+          <t>3050WB</t>
         </is>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Bio-Medical Science &amp; Technology Ltd</t>
+          <t>Bike24 GmbH</t>
         </is>
       </c>
       <c r="C123" s="0"/>
       <c r="D123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N123" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O123" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P123" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X123" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y123" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="0" t="inlineStr">
         <is>
-          <t>1445WB</t>
+          <t>2791T</t>
         </is>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Bio-Sciences Ltd</t>
+          <t>Bill Hendrick &amp; Sons Tyre Services</t>
         </is>
       </c>
       <c r="C124" s="0"/>
       <c r="D124" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y124" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="0" t="inlineStr">
         <is>
-          <t>3482WB</t>
+          <t>2968BT</t>
         </is>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Bio-Techne Ireland Ltd</t>
+          <t>Billy Moran &amp; Son Ltd</t>
         </is>
       </c>
       <c r="C125" s="0"/>
       <c r="D125" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N125" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O125" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P125" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q125" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R125" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -14912,212 +15530,218 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T125" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U125" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V125" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W125" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X125" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y125" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="0" t="inlineStr">
         <is>
-          <t>2177WB</t>
+          <t>4665T</t>
         </is>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>BioMérieux UK Ltd</t>
+          <t>Billy Walker Car Sales Ltd</t>
         </is>
       </c>
       <c r="C126" s="0"/>
       <c r="D126" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O126" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P126" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q126" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R126" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S126" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T126" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U126" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V126" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W126" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X126" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y126" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="0" t="inlineStr">
         <is>
-          <t>2815WB</t>
+          <t>189WB</t>
         </is>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Bioquell Global Logistics (Ireland) Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bio-Medical Research Ltd</t>
+        </is>
+      </c>
+      <c r="C127" s="0"/>
       <c r="D127" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -15133,329 +15757,340 @@
           <t>YES</t>
         </is>
       </c>
       <c r="P127" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q127" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R127" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S127" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X127" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y127" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="0" t="inlineStr">
         <is>
-          <t>3092WB</t>
+          <t>4305WB</t>
         </is>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Biotector Analytical Systems Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bio-Medical Science &amp; Technology Ltd</t>
+        </is>
+      </c>
+      <c r="C128" s="0"/>
       <c r="D128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y128" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="0" t="inlineStr">
         <is>
-          <t>3180WB</t>
+          <t>1445WB</t>
         </is>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Bioventus Cooperatief U.A.</t>
+          <t>Bio-Sciences Ltd</t>
         </is>
       </c>
       <c r="C129" s="0"/>
       <c r="D129" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O129" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y129" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="0" t="inlineStr">
         <is>
-          <t>3156WB</t>
+          <t>3482WB</t>
         </is>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Bixolon Europe GmbH</t>
+          <t>Bio-Techne Ireland Ltd</t>
         </is>
       </c>
       <c r="C130" s="0"/>
       <c r="D130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -15510,576 +16145,605 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T130" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U130" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V130" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W130" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X130" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y130" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="0" t="inlineStr">
         <is>
-          <t>938W</t>
+          <t>2177WB</t>
         </is>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Bizmart Ltd</t>
+          <t>BioMérieux UK Ltd</t>
         </is>
       </c>
       <c r="C131" s="0"/>
       <c r="D131" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S131" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V131" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W131" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X131" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y131" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="0" t="inlineStr">
         <is>
-          <t>400W</t>
+          <t>2815WB</t>
         </is>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Bizquip Ltd</t>
-[...2 lines deleted...]
-      <c r="C132" s="0"/>
+          <t>Bioquell Global Logistics (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C132" s="0" t="inlineStr">
+        <is>
+          <t>Bioquell Ireland</t>
+        </is>
+      </c>
       <c r="D132" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T132" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y132" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="0" t="inlineStr">
         <is>
-          <t>2692T</t>
+          <t>3092WB</t>
         </is>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>BJD Tyre Centre Ltd</t>
+          <t>Biotector Analytical Systems Ltd</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
-          <t>BJD Tyre Centre</t>
+          <t>Hach Ireland</t>
         </is>
       </c>
       <c r="D133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N133" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O133" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P133" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q133" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R133" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S133" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T133" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U133" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V133" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W133" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X133" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y133" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="0" t="inlineStr">
         <is>
-          <t>2634WB</t>
+          <t>3180WB</t>
         </is>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Black Diamond Equipment Europe GmbH</t>
+          <t>Bioventus Cooperatief U.A.</t>
         </is>
       </c>
       <c r="C134" s="0"/>
       <c r="D134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N134" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O134" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P134" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q134" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R134" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S134" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T134" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U134" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V134" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W134" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X134" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y134" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="0" t="inlineStr">
         <is>
-          <t>3546WB</t>
+          <t>3156WB</t>
         </is>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Black Label Jacuzzi Ltd</t>
+          <t>Bixolon Europe GmbH</t>
         </is>
       </c>
       <c r="C135" s="0"/>
       <c r="D135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -16104,355 +16768,370 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X135" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y135" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="0" t="inlineStr">
         <is>
-          <t>1195WB</t>
+          <t>938W</t>
         </is>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Blackbird Data Systems Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bizmart Ltd</t>
+        </is>
+      </c>
+      <c r="C136" s="0"/>
       <c r="D136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="J136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="N136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="O136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="P136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="Q136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="R136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="S136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="T136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="U136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W136" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X136" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y136" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="0" t="inlineStr">
         <is>
-          <t>1542W</t>
+          <t>400W</t>
         </is>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Blackchurch Leisure Company Ltd</t>
+          <t>Bizquip Ltd</t>
         </is>
       </c>
       <c r="C137" s="0"/>
       <c r="D137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X137" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="0" t="inlineStr">
         <is>
-          <t>2638T</t>
+          <t>2692T</t>
         </is>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>Blackcircles.com Ltd</t>
-[...2 lines deleted...]
-      <c r="C138" s="0"/>
+          <t>BJD Tyre Centre Ltd</t>
+        </is>
+      </c>
+      <c r="C138" s="0" t="inlineStr">
+        <is>
+          <t>BJD Tyre Centre</t>
+        </is>
+      </c>
       <c r="D138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N138" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O138" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P138" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q138" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R138" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -16462,595 +17141,616 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T138" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U138" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V138" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W138" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X138" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y138" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="0" t="inlineStr">
         <is>
-          <t>053RW</t>
+          <t>2634WB</t>
         </is>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>Blackdog Recycling Ltd</t>
+          <t>Black Diamond Equipment Europe GmbH</t>
         </is>
       </c>
       <c r="C139" s="0"/>
       <c r="D139" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N139" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O139" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P139" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y139" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="0" t="inlineStr">
         <is>
-          <t>797W</t>
+          <t>3546WB</t>
         </is>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>Blackhall Pharmaceutical Distributors Ltd</t>
+          <t>Black Label Jacuzzi Ltd</t>
         </is>
       </c>
       <c r="C140" s="0"/>
       <c r="D140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P140" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q140" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R140" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S140" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T140" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U140" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V140" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W140" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X140" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y140" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="0" t="inlineStr">
         <is>
-          <t>2284T</t>
+          <t>1195WB</t>
         </is>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Blacklion Tyres Ireland Ltd</t>
+          <t>Blackbird Data Systems Ltd</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
-          <t>Blacklion Tyres</t>
+          <t>Zetes Ireland</t>
         </is>
       </c>
       <c r="D141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N141" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O141" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P141" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q141" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R141" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S141" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T141" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U141" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V141" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W141" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X141" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y141" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="0" t="inlineStr">
         <is>
-          <t>2913BT</t>
+          <t>1542W</t>
         </is>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Blackstone Motors Ltd</t>
+          <t>Blackchurch Leisure Company Ltd</t>
         </is>
       </c>
       <c r="C142" s="0"/>
       <c r="D142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V142" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W142" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X142" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y142" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="0" t="inlineStr">
         <is>
-          <t>2314T</t>
+          <t>2638T</t>
         </is>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Blackwater Tyre Services Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Blackcircles.com Ltd</t>
+        </is>
+      </c>
+      <c r="C143" s="0"/>
       <c r="D143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N143" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O143" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P143" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q143" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R143" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -17060,115 +17760,120 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T143" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U143" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V143" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W143" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X143" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y143" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="0" t="inlineStr">
         <is>
-          <t>2303T</t>
+          <t>053RW</t>
         </is>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Blayney Tyre Ltd</t>
+          <t>Blackdog Recycling Ltd</t>
         </is>
       </c>
       <c r="C144" s="0"/>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -17178,237 +17883,247 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X144" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y144" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="0" t="inlineStr">
         <is>
-          <t>3925WB</t>
+          <t>797W</t>
         </is>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Bleeperbike Ireland Opco Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Blackhall Pharmaceutical Distributors Ltd</t>
+        </is>
+      </c>
+      <c r="C145" s="0"/>
       <c r="D145" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y145" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="0" t="inlineStr">
         <is>
-          <t>3617WB</t>
+          <t>2284T</t>
         </is>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Blink 24 Distribution Ltd</t>
-[...2 lines deleted...]
-      <c r="C146" s="0"/>
+          <t>Blacklion Tyres Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C146" s="0" t="inlineStr">
+        <is>
+          <t>Blacklion Tyres</t>
+        </is>
+      </c>
       <c r="D146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N146" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O146" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P146" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q146" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R146" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -17418,105 +18133,110 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T146" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U146" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V146" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W146" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X146" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y146" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="0" t="inlineStr">
         <is>
-          <t>3753WB</t>
+          <t>2913BT</t>
         </is>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Block Global B.V.</t>
+          <t>Blackstone Motors Ltd</t>
         </is>
       </c>
       <c r="C147" s="0"/>
       <c r="D147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N147" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O147" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P147" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -17532,1144 +18252,1194 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="S147" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T147" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U147" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V147" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y147" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="0" t="inlineStr">
         <is>
-          <t>691W</t>
+          <t>2314T</t>
         </is>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>BLUE NOVA INTERNATIONAL LTD</t>
-[...2 lines deleted...]
-      <c r="C148" s="0"/>
+          <t>Blackwater Tyre Services Ltd</t>
+        </is>
+      </c>
+      <c r="C148" s="0" t="inlineStr">
+        <is>
+          <t>Rathcormac Tyres</t>
+        </is>
+      </c>
       <c r="D148" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W148" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y148" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="0" t="inlineStr">
         <is>
-          <t>3656WB</t>
+          <t>2303T</t>
         </is>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>Blue Ocean Robotics ApS</t>
+          <t>Blayney Tyre Ltd</t>
         </is>
       </c>
       <c r="C149" s="0"/>
       <c r="D149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X149" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y149" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="0" t="inlineStr">
         <is>
-          <t>3257W</t>
+          <t>3925WB</t>
         </is>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>Blueair AB</t>
-[...2 lines deleted...]
-      <c r="C150" s="0"/>
+          <t>Bleeperbike Ireland Opco Ltd</t>
+        </is>
+      </c>
+      <c r="C150" s="0" t="inlineStr">
+        <is>
+          <t>Bleeper</t>
+        </is>
+      </c>
       <c r="D150" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P150" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q150" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R150" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S150" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T150" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U150" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V150" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W150" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X150" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y150" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="0" t="inlineStr">
         <is>
-          <t>4316WB</t>
+          <t>3617WB</t>
         </is>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Blueberry Sp. z o.o.</t>
+          <t>Blink 24 Distribution Ltd</t>
         </is>
       </c>
       <c r="C151" s="0"/>
       <c r="D151" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y151" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="0" t="inlineStr">
         <is>
-          <t>3489WB</t>
+          <t>3753WB</t>
         </is>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Bluestar Europe Distribution BV</t>
+          <t>Block Global B.V.</t>
         </is>
       </c>
       <c r="C152" s="0"/>
       <c r="D152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P152" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q152" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R152" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S152" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T152" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U152" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V152" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W152" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X152" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y152" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="0" t="inlineStr">
         <is>
-          <t>66WB</t>
+          <t>691W</t>
         </is>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Bluestone Sales and Distribution Ltd</t>
+          <t>BLUE NOVA INTERNATIONAL LTD</t>
         </is>
       </c>
       <c r="C153" s="0"/>
       <c r="D153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W153" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X153" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y153" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="0" t="inlineStr">
         <is>
-          <t>3966B</t>
+          <t>3656WB</t>
         </is>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Blufits Sports Limited</t>
-[...6 lines deleted...]
-      </c>
+          <t>Blue Ocean Robotics ApS</t>
+        </is>
+      </c>
+      <c r="C154" s="0"/>
       <c r="D154" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V154" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W154" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X154" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y154" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="0" t="inlineStr">
         <is>
-          <t>1089WB</t>
+          <t>3257W</t>
         </is>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>BMC Digital Ltd</t>
+          <t>Blueair AB</t>
         </is>
       </c>
       <c r="C155" s="0"/>
       <c r="D155" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X155" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y155" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="0" t="inlineStr">
         <is>
-          <t>1761WB</t>
+          <t>4316WB</t>
         </is>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>BMC Software Ireland Ltd</t>
+          <t>Blueberry Sp. z o.o.</t>
         </is>
       </c>
       <c r="C156" s="0"/>
       <c r="D156" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S156" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T156" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U156" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V156" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W156" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X156" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y156" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="0" t="inlineStr">
         <is>
-          <t>1264WBT</t>
+          <t>3489WB</t>
         </is>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>BMW Automotive (Ireland) Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bluestar Europe Distribution BV</t>
+        </is>
+      </c>
+      <c r="C157" s="0"/>
       <c r="D157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -18690,104 +19460,109 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N157" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O157" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P157" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y157" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="0" t="inlineStr">
         <is>
-          <t>1459WB</t>
+          <t>66WB</t>
         </is>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>BNR Ltd</t>
+          <t>Bluestone Sales and Distribution Ltd</t>
         </is>
       </c>
       <c r="C158" s="0"/>
       <c r="D158" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -18843,74 +19618,83 @@
           <t>YES</t>
         </is>
       </c>
       <c r="T158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X158" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y158" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="0" t="inlineStr">
         <is>
-          <t>4281B</t>
+          <t>3966B</t>
         </is>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Bobo Digital Accessories (ShenZhen)Co.,Ltd.</t>
-[...2 lines deleted...]
-      <c r="C159" s="0"/>
+          <t>Blufits Sports Limited</t>
+        </is>
+      </c>
+      <c r="C159" s="0" t="inlineStr">
+        <is>
+          <t>Gritin, Blukar </t>
+        </is>
+      </c>
       <c r="D159" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -18951,437 +19735,461 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V159" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W159" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X159" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y159" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="0" t="inlineStr">
         <is>
-          <t>1021WB</t>
+          <t>4726WB</t>
         </is>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>BOC Gases Ireland Ltd</t>
-[...2 lines deleted...]
-      <c r="C160" s="0"/>
+          <t>BM RUNTRALLER</t>
+        </is>
+      </c>
+      <c r="C160" s="0" t="inlineStr">
+        <is>
+          <t>RANDRIDE</t>
+        </is>
+      </c>
       <c r="D160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y160" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="0" t="inlineStr">
         <is>
-          <t>587W</t>
+          <t>1089WB</t>
         </is>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Bodel Distributors Ltd</t>
+          <t>BMC Digital Ltd</t>
         </is>
       </c>
       <c r="C161" s="0"/>
       <c r="D161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O161" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X161" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y161" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="0" t="inlineStr">
         <is>
-          <t>3479WB</t>
+          <t>1761WB</t>
         </is>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Bodyscent International Ltd</t>
+          <t>BMC Software Ireland Ltd</t>
         </is>
       </c>
       <c r="C162" s="0"/>
       <c r="D162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T162" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U162" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V162" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W162" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X162" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y162" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="0" t="inlineStr">
         <is>
-          <t>2912B</t>
+          <t>1264WBT</t>
         </is>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Boland &amp; Walsh Car Sales Ltd</t>
+          <t>BMW Automotive (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
-          <t>Audi Wexford</t>
+          <t>BMW Ireland, BMW Group Ireland, Mini Ireland</t>
         </is>
       </c>
       <c r="D163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -19392,247 +20200,257 @@
           <t>YES</t>
         </is>
       </c>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V163" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W163" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X163" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y163" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="0" t="inlineStr">
         <is>
-          <t>2676T</t>
+          <t>1459WB</t>
         </is>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Bolger Tyres Ltd</t>
+          <t>BNR Ltd</t>
         </is>
       </c>
       <c r="C164" s="0"/>
       <c r="D164" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X164" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y164" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="0" t="inlineStr">
         <is>
-          <t>3556WB</t>
+          <t>4281B</t>
         </is>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>Bolt Itx Ltd</t>
+          <t>Bobo Digital Accessories (ShenZhen)Co.,Ltd.</t>
         </is>
       </c>
       <c r="C165" s="0"/>
       <c r="D165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -19668,1266 +20486,1325 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="S165" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T165" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U165" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V165" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y165" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="0" t="inlineStr">
         <is>
-          <t>2592T</t>
+          <t>1021WB</t>
         </is>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Bonaway Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>BOC Gases Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C166" s="0"/>
       <c r="D166" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X166" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y166" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="0" t="inlineStr">
         <is>
-          <t>3118WB</t>
+          <t>587W</t>
         </is>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Bond Touch, Inc.</t>
+          <t>Bodel Distributors Ltd</t>
         </is>
       </c>
       <c r="C167" s="0"/>
       <c r="D167" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J167" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O167" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P167" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q167" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R167" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S167" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T167" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U167" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V167" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W167" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X167" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y167" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="0" t="inlineStr">
         <is>
-          <t>3857WB</t>
+          <t>3479WB</t>
         </is>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Bonitas Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bodyscent International Ltd</t>
+        </is>
+      </c>
+      <c r="C168" s="0"/>
       <c r="D168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X168" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y168" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="0" t="inlineStr">
         <is>
-          <t>2211WB</t>
+          <t>2912B</t>
         </is>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Boosted Inc.</t>
-[...2 lines deleted...]
-      <c r="C169" s="0"/>
+          <t>Boland &amp; Walsh Car Sales Ltd</t>
+        </is>
+      </c>
+      <c r="C169" s="0" t="inlineStr">
+        <is>
+          <t>Audi Wexford</t>
+        </is>
+      </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J169" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K169" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N169" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O169" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P169" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q169" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R169" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S169" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T169" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U169" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V169" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W169" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X169" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y169" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="0" t="inlineStr">
         <is>
-          <t>241WB</t>
+          <t>2676T</t>
         </is>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Boots Retail (Ireland) Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bolger Tyres Ltd</t>
+        </is>
+      </c>
+      <c r="C170" s="0"/>
       <c r="D170" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J170" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N170" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O170" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P170" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q170" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R170" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S170" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T170" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U170" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V170" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W170" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X170" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y170" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="0" t="inlineStr">
         <is>
-          <t>2036WB</t>
+          <t>3556WB</t>
         </is>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Bord Gais Energy Ltd</t>
+          <t>Bolt Itx Ltd</t>
         </is>
       </c>
       <c r="C171" s="0"/>
       <c r="D171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O171" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P171" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q171" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R171" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S171" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T171" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U171" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V171" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W171" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X171" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y171" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="0" t="inlineStr">
         <is>
-          <t>2994BT</t>
+          <t>2592T</t>
         </is>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>Borocastle Autos Ltd</t>
-[...2 lines deleted...]
-      <c r="C172" s="0"/>
+          <t>Bonaway Ltd</t>
+        </is>
+      </c>
+      <c r="C172" s="0" t="inlineStr">
+        <is>
+          <t>Ready Motors</t>
+        </is>
+      </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J172" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U172" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V172" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W172" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X172" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y172" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="0" t="inlineStr">
         <is>
-          <t>2464T</t>
+          <t>3118WB</t>
         </is>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Borris Ballinkillen Services Ltd</t>
+          <t>Bond Touch, Inc.</t>
         </is>
       </c>
       <c r="C173" s="0"/>
       <c r="D173" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N173" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O173" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P173" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q173" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R173" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S173" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T173" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U173" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V173" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W173" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X173" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y173" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="0" t="inlineStr">
         <is>
-          <t>326WB</t>
+          <t>3857WB</t>
         </is>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Bose GP</t>
-[...2 lines deleted...]
-      <c r="C174" s="0"/>
+          <t>Bonitas Ltd</t>
+        </is>
+      </c>
+      <c r="C174" s="0" t="inlineStr">
+        <is>
+          <t>e-vapour</t>
+        </is>
+      </c>
       <c r="D174" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J174" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N174" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O174" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y174" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>1175WB</t>
+          <t>2211WB</t>
         </is>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>Bose SMS Ltd</t>
+          <t>Boosted Inc.</t>
         </is>
       </c>
       <c r="C175" s="0"/>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V175" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W175" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X175" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y175" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="0" t="inlineStr">
         <is>
-          <t>1440W</t>
+          <t>241WB</t>
         </is>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>Bowe-Systec (IR) Ltd</t>
-[...2 lines deleted...]
-      <c r="C176" s="0"/>
+          <t>Boots Retail (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C176" s="0" t="inlineStr">
+        <is>
+          <t>Boots</t>
+        </is>
+      </c>
       <c r="D176" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -20982,1008 +21859,1053 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T176" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U176" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V176" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W176" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X176" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y176" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="0" t="inlineStr">
         <is>
-          <t>2568WB</t>
+          <t>2036WB</t>
         </is>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Box Ltd</t>
+          <t>Bord Gais Energy Ltd</t>
         </is>
       </c>
       <c r="C177" s="0"/>
       <c r="D177" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N177" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O177" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P177" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q177" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R177" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S177" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T177" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U177" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V177" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W177" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X177" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y177" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="0" t="inlineStr">
         <is>
-          <t>1654B</t>
+          <t>2994BT</t>
         </is>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>Boyd Stores (Drogheda) Ltd</t>
+          <t>Borocastle Autos Ltd</t>
         </is>
       </c>
       <c r="C178" s="0"/>
       <c r="D178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S178" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T178" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U178" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V178" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W178" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X178" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y178" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="0" t="inlineStr">
         <is>
-          <t>346WB</t>
+          <t>2464T</t>
         </is>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>BPI Telecom Ltd</t>
+          <t>Borris Ballinkillen Services Ltd</t>
         </is>
       </c>
       <c r="C179" s="0"/>
       <c r="D179" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J179" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K179" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L179" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M179" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N179" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O179" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P179" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y179" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="0" t="inlineStr">
         <is>
-          <t>3811W</t>
+          <t>326WB</t>
         </is>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Brabender GmbH &amp; Co. KG</t>
+          <t>Bose GP</t>
         </is>
       </c>
       <c r="C180" s="0"/>
       <c r="D180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y180" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="0" t="inlineStr">
         <is>
-          <t>2321T</t>
+          <t>1175WB</t>
         </is>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Brady Brothers Wheelworld Ltd</t>
+          <t>Bose SMS Ltd</t>
         </is>
       </c>
       <c r="C181" s="0"/>
       <c r="D181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y181" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="0" t="inlineStr">
         <is>
-          <t>3054BT</t>
+          <t>1440W</t>
         </is>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Brady's Dublin Ltd</t>
+          <t>Bowe-Systec (IR) Ltd</t>
         </is>
       </c>
       <c r="C182" s="0"/>
       <c r="D182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U182" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V182" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W182" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X182" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y182" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="0" t="inlineStr">
         <is>
-          <t>2565WB</t>
+          <t>2568WB</t>
         </is>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Brainlab Sales GmbH</t>
+          <t>Box Ltd</t>
         </is>
       </c>
       <c r="C183" s="0"/>
       <c r="D183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X183" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="0" t="inlineStr">
         <is>
-          <t>4634WB</t>
+          <t>1654B</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>Brand Access LLC</t>
+          <t>Boyd Stores (Drogheda) Ltd</t>
         </is>
       </c>
       <c r="C184" s="0"/>
       <c r="D184" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W184" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X184" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y184" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="0" t="inlineStr">
         <is>
-          <t>1503WB</t>
+          <t>346WB</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Brand Addition</t>
+          <t>BPI Telecom Ltd</t>
         </is>
       </c>
       <c r="C185" s="0"/>
       <c r="D185" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
@@ -22010,820 +22932,847 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N185" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O185" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P185" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y185" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="0" t="inlineStr">
         <is>
-          <t>861WB</t>
+          <t>3811W</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Brand Addition Ireland Ltd</t>
+          <t>Brabender GmbH &amp; Co. KG</t>
         </is>
       </c>
       <c r="C186" s="0"/>
       <c r="D186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X186" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y186" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="0" t="inlineStr">
         <is>
-          <t>3523W</t>
+          <t>2321T</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Brand GmbH &amp; Co. KG</t>
+          <t>Brady Brothers Wheelworld Ltd</t>
         </is>
       </c>
       <c r="C187" s="0"/>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X187" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y187" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="0" t="inlineStr">
         <is>
-          <t>388W</t>
+          <t>3054BT</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Brandchain Ltd</t>
+          <t>Brady's Dublin Ltd</t>
         </is>
       </c>
       <c r="C188" s="0"/>
       <c r="D188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y188" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="0" t="inlineStr">
         <is>
-          <t>444W</t>
+          <t>2565WB</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Brandlinx Direct Ltd</t>
+          <t>Brainlab Sales GmbH</t>
         </is>
       </c>
       <c r="C189" s="0"/>
       <c r="D189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X189" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y189" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="0" t="inlineStr">
         <is>
-          <t>975WB</t>
+          <t>4634WB</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Brandon Marketing Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Brand Access LLC</t>
+        </is>
+      </c>
+      <c r="C190" s="0"/>
       <c r="D190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y190" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="0" t="inlineStr">
         <is>
-          <t>2571WB</t>
+          <t>1503WB</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Brandpath Commerce Ltd</t>
+          <t>Brand Addition</t>
         </is>
       </c>
       <c r="C191" s="0"/>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X191" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>1641B</t>
+          <t>861WB</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Braun Oni B.V.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Brand Addition Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C192" s="0"/>
       <c r="D192" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -22864,104 +23813,109 @@
           <t>YES</t>
         </is>
       </c>
       <c r="Q192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U192" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X192" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y192" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>4538WB</t>
+          <t>3523W</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>Braunecker Commerce GmbH</t>
+          <t>Brand GmbH &amp; Co. KG</t>
         </is>
       </c>
       <c r="C193" s="0"/>
       <c r="D193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -22996,1126 +23950,1184 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X193" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y193" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="0" t="inlineStr">
         <is>
-          <t>3408WB</t>
+          <t>388W</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Brel Nederland B.V.</t>
+          <t>Brandchain Ltd</t>
         </is>
       </c>
       <c r="C194" s="0"/>
       <c r="D194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X194" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y194" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>2621B</t>
+          <t>444W</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Brendan Doyle Motorcycles Ltd</t>
+          <t>Brandlinx Direct Ltd</t>
         </is>
       </c>
       <c r="C195" s="0"/>
       <c r="D195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X195" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y195" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="0" t="inlineStr">
         <is>
-          <t>2370T</t>
+          <t>975WB</t>
         </is>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Brendan Walsh Tyres Ltd</t>
-[...2 lines deleted...]
-      <c r="C196" s="0"/>
+          <t>Brandon Marketing Ltd</t>
+        </is>
+      </c>
+      <c r="C196" s="0" t="inlineStr">
+        <is>
+          <t>The Petsafe Superstore / Bird Gard Distributors Ltd.</t>
+        </is>
+      </c>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y196" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="0" t="inlineStr">
         <is>
-          <t>741WB</t>
+          <t>2571WB</t>
         </is>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>Brett Supplies Ltd</t>
+          <t>Brandpath Commerce Ltd</t>
         </is>
       </c>
       <c r="C197" s="0"/>
       <c r="D197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X197" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y197" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="0" t="inlineStr">
         <is>
-          <t>2430T</t>
+          <t>1641B</t>
         </is>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>Brian Daly Tyres</t>
-[...2 lines deleted...]
-      <c r="C198" s="0"/>
+          <t>Braun Oni B.V.</t>
+        </is>
+      </c>
+      <c r="C198" s="0" t="inlineStr">
+        <is>
+          <t>Battery Upgrade</t>
+        </is>
+      </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W198" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X198" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y198" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="0" t="inlineStr">
         <is>
-          <t>2536T</t>
+          <t>4538WB</t>
         </is>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Bridge Tyres and Car Repairs</t>
+          <t>Braunecker Commerce GmbH</t>
         </is>
       </c>
       <c r="C199" s="0"/>
       <c r="D199" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y199" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="0" t="inlineStr">
         <is>
-          <t>3061T</t>
+          <t>3408WB</t>
         </is>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Bridgestone Europe NV/SA</t>
+          <t>Brel Nederland B.V.</t>
         </is>
       </c>
       <c r="C200" s="0"/>
       <c r="D200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X200" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y200" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="0" t="inlineStr">
         <is>
-          <t>2241T</t>
+          <t>2621B</t>
         </is>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Bridgestone Ireland Ltd</t>
+          <t>Brendan Doyle Motorcycles Ltd</t>
         </is>
       </c>
       <c r="C201" s="0"/>
       <c r="D201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="O201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W201" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X201" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y201" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="0" t="inlineStr">
         <is>
-          <t>3361WB</t>
+          <t>2370T</t>
         </is>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Bridgestone Mobility Solutions B.V.</t>
+          <t>Brendan Walsh Tyres Ltd</t>
         </is>
       </c>
       <c r="C202" s="0"/>
       <c r="D202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P202" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q202" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R202" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S202" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T202" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U202" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V202" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W202" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X202" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y202" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="0" t="inlineStr">
         <is>
-          <t>3312W</t>
+          <t>741WB</t>
         </is>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Bright Lights &amp; Interiors Ltd</t>
+          <t>Brett Supplies Ltd</t>
         </is>
       </c>
       <c r="C203" s="0"/>
       <c r="D203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
@@ -24127,595 +25139,616 @@
           <t>YES</t>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y203" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="0" t="inlineStr">
         <is>
-          <t>451W</t>
+          <t>2430T</t>
         </is>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Brighter Image Ltd</t>
+          <t>Brian Daly Tyres</t>
         </is>
       </c>
       <c r="C204" s="0"/>
       <c r="D204" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y204" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="0" t="inlineStr">
         <is>
-          <t>1772W</t>
+          <t>2536T</t>
         </is>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Britelux Lighting Ltd</t>
+          <t>Bridge Tyres and Car Repairs</t>
         </is>
       </c>
       <c r="C205" s="0"/>
       <c r="D205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X205" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y205" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="0" t="inlineStr">
         <is>
-          <t>2566WB</t>
+          <t>3061T</t>
         </is>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>British Telecommunications PLC</t>
+          <t>Bridgestone Europe NV/SA</t>
         </is>
       </c>
       <c r="C206" s="0"/>
       <c r="D206" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N206" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O206" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P206" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q206" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R206" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S206" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T206" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U206" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V206" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W206" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X206" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y206" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="0" t="inlineStr">
         <is>
-          <t>3455B</t>
+          <t>2241T</t>
         </is>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>BRNO Investments Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bridgestone Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C207" s="0"/>
       <c r="D207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U207" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V207" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W207" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X207" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y207" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="0" t="inlineStr">
         <is>
-          <t>2490WB</t>
+          <t>3361WB</t>
         </is>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Broadcast Technical Services Ltd</t>
+          <t>Bridgestone Mobility Solutions B.V.</t>
         </is>
       </c>
       <c r="C208" s="0"/>
       <c r="D208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -24736,237 +25769,247 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N208" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O208" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P208" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X208" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y208" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="0" t="inlineStr">
         <is>
-          <t>1759W</t>
+          <t>3312W</t>
         </is>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Broadcast Video Services Ltd</t>
+          <t>Bright Lights &amp; Interiors Ltd</t>
         </is>
       </c>
       <c r="C209" s="0"/>
       <c r="D209" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y209" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="0" t="inlineStr">
         <is>
-          <t>1014W</t>
+          <t>451W</t>
         </is>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Broderick Bros. Ltd</t>
+          <t>Brighter Image Ltd</t>
         </is>
       </c>
       <c r="C210" s="0"/>
       <c r="D210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -25006,70 +26049,75 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X210" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y210" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="0" t="inlineStr">
         <is>
-          <t>3960WB</t>
+          <t>1772W</t>
         </is>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Brompton Bicycles Ltd</t>
+          <t>Britelux Lighting Ltd</t>
         </is>
       </c>
       <c r="C211" s="0"/>
       <c r="D211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -25080,257 +26128,271 @@
           <t>YES</t>
         </is>
       </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N211" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O211" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P211" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q211" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R211" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S211" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T211" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U211" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V211" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W211" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X211" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y211" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="0" t="inlineStr">
         <is>
-          <t>778W</t>
+          <t>2566WB</t>
         </is>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Brooks Group Ltd</t>
+          <t>British Telecommunications PLC</t>
         </is>
       </c>
       <c r="C212" s="0"/>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U212" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X212" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y212" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="0" t="inlineStr">
         <is>
-          <t>3631W</t>
+          <t>3455B</t>
         </is>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Brooks Timber &amp; Building Supplies Ltd</t>
-[...2 lines deleted...]
-      <c r="C213" s="0"/>
+          <t>BRNO Investments Ltd</t>
+        </is>
+      </c>
+      <c r="C213" s="0" t="inlineStr">
+        <is>
+          <t>Trinity Skoda</t>
+        </is>
+      </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -25356,114 +26418,119 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="S213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V213" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y213" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="0" t="inlineStr">
         <is>
-          <t>3202W</t>
+          <t>2490WB</t>
         </is>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Brother International Europe Ltd</t>
+          <t>Broadcast Technical Services Ltd</t>
         </is>
       </c>
       <c r="C214" s="0"/>
       <c r="D214" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N214" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O214" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P214" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q214" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -25478,188 +26545,198 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T214" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U214" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V214" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W214" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X214" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y214" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="0" t="inlineStr">
         <is>
-          <t>3784WB</t>
+          <t>1759W</t>
         </is>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Brother International Europe Ltd, Dutch Branch</t>
+          <t>Broadcast Video Services Ltd</t>
         </is>
       </c>
       <c r="C215" s="0"/>
       <c r="D215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X215" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y215" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="0" t="inlineStr">
         <is>
-          <t>79WB</t>
+          <t>1014W</t>
         </is>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>Brother Ireland DAC</t>
+          <t>Broderick Bros. Ltd</t>
         </is>
       </c>
       <c r="C216" s="0"/>
       <c r="D216" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -25714,70 +26791,75 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X216" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="0" t="inlineStr">
         <is>
-          <t>3595W</t>
+          <t>3960WB</t>
         </is>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>Brother Sewing Machines Europe GmbH</t>
+          <t>Brompton Bicycles Ltd</t>
         </is>
       </c>
       <c r="C217" s="0"/>
       <c r="D217" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -25832,217 +26914,223 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T217" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U217" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V217" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W217" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X217" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y217" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="0" t="inlineStr">
         <is>
-          <t>452WB</t>
+          <t>778W</t>
         </is>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>Brown Thomas &amp; Co. Ltd</t>
+          <t>Brooks Group Ltd</t>
         </is>
       </c>
       <c r="C218" s="0"/>
       <c r="D218" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V218" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X218" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="0" t="inlineStr">
         <is>
-          <t>3255WB</t>
+          <t>3631W</t>
         </is>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>Brown Thomas Arnotts Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Brooks Timber &amp; Building Supplies Ltd</t>
+        </is>
+      </c>
+      <c r="C219" s="0"/>
       <c r="D219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -26072,425 +27160,441 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X219" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y219" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="0" t="inlineStr">
         <is>
-          <t>500W</t>
+          <t>3202W</t>
         </is>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Bryan S. Ryan Ltd</t>
+          <t>Brother International Europe Ltd</t>
         </is>
       </c>
       <c r="C220" s="0"/>
       <c r="D220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X220" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y220" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="0" t="inlineStr">
         <is>
-          <t>1311WB</t>
+          <t>3784WB</t>
         </is>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>BSH Home Appliances Ltd</t>
+          <t>Brother International Europe Ltd, Dutch Branch</t>
         </is>
       </c>
       <c r="C221" s="0"/>
       <c r="D221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y221" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="0" t="inlineStr">
         <is>
-          <t>3948WB</t>
+          <t>79WB</t>
         </is>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>BT Business Telecoms Ireland Ltd</t>
+          <t>Brother Ireland DAC</t>
         </is>
       </c>
       <c r="C222" s="0"/>
       <c r="D222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y222" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="0" t="inlineStr">
         <is>
-          <t>331WB</t>
+          <t>3595W</t>
         </is>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>BT Communications Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Brother Sewing Machines Europe GmbH</t>
+        </is>
+      </c>
+      <c r="C223" s="0"/>
       <c r="D223" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
@@ -26514,610 +27618,635 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y223" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="0" t="inlineStr">
         <is>
-          <t>13BT</t>
+          <t>452WB</t>
         </is>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>BT Test for Denise</t>
+          <t>Brown Thomas &amp; Co. Ltd</t>
         </is>
       </c>
       <c r="C224" s="0"/>
       <c r="D224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X224" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y224" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="0" t="inlineStr">
         <is>
-          <t>1687W</t>
+          <t>3255WB</t>
         </is>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>BTI Engineering Supplies Ltd</t>
-[...2 lines deleted...]
-      <c r="C225" s="0"/>
+          <t>Brown Thomas Arnotts Ltd</t>
+        </is>
+      </c>
+      <c r="C225" s="0" t="inlineStr">
+        <is>
+          <t>Brown Thomas Arnotts</t>
+        </is>
+      </c>
       <c r="D225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J225" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X225" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y225" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="0" t="inlineStr">
         <is>
-          <t>1161W</t>
+          <t>500W</t>
         </is>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>BUA International Ltd</t>
+          <t>Bryan S. Ryan Ltd</t>
         </is>
       </c>
       <c r="C226" s="0"/>
       <c r="D226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R226" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S226" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T226" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U226" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V226" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W226" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X226" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y226" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="0" t="inlineStr">
         <is>
-          <t>3722WB</t>
+          <t>1311WB</t>
         </is>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
-          <t>Buckley Cycles Ltd</t>
+          <t>BSH Home Appliances Ltd</t>
         </is>
       </c>
       <c r="C227" s="0"/>
       <c r="D227" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E227" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F227" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H227" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I227" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J227" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K227" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L227" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M227" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N227" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O227" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P227" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q227" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R227" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S227" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T227" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U227" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V227" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W227" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X227" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y227" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="0" t="inlineStr">
         <is>
-          <t>2821B</t>
+          <t>3948WB</t>
         </is>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
-          <t>Budget Autos Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>BT Business Telecoms Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C228" s="0"/>
       <c r="D228" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E228" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F228" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H228" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I228" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J228" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K228" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="L228" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="M228" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N228" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O228" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -27142,418 +28271,442 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T228" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U228" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V228" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W228" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X228" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y228" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="0" t="inlineStr">
         <is>
-          <t>233W</t>
+          <t>331WB</t>
         </is>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
-          <t>Buffalo Technology Ireland Ltd</t>
-[...2 lines deleted...]
-      <c r="C229" s="0"/>
+          <t>BT Communications Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C229" s="0" t="inlineStr">
+        <is>
+          <t>BT Ireland</t>
+        </is>
+      </c>
       <c r="D229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S229" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T229" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U229" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V229" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W229" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X229" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y229" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="0" t="inlineStr">
         <is>
-          <t>1031W</t>
+          <t>13BT</t>
         </is>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
-          <t>Buggy Refrigeration Services</t>
+          <t>BT Test for Denise</t>
         </is>
       </c>
       <c r="C230" s="0"/>
       <c r="D230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N230" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V230" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X230" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y230" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="0" t="inlineStr">
         <is>
-          <t>3716WB</t>
+          <t>1687W</t>
         </is>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
-          <t>Bulgari Ireland Ltd</t>
+          <t>BTI Engineering Supplies Ltd</t>
         </is>
       </c>
       <c r="C231" s="0"/>
       <c r="D231" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E231" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F231" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X231" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y231" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="0" t="inlineStr">
         <is>
-          <t>2132WB</t>
+          <t>1161W</t>
         </is>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
-          <t>Bullitt Group Ltd</t>
+          <t>BUA International Ltd</t>
         </is>
       </c>
       <c r="C232" s="0"/>
       <c r="D232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H232" s="0" t="inlineStr">
         <is>
@@ -27565,159 +28718,164 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M232" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X232" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y232" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="0" t="inlineStr">
         <is>
-          <t>3774WB</t>
+          <t>3722WB</t>
         </is>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
-          <t>Bullitt Mobile Ltd</t>
+          <t>Buckley Cycles Ltd</t>
         </is>
       </c>
       <c r="C233" s="0"/>
       <c r="D233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I233" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J233" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K233" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L233" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -27732,1152 +28890,1194 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X233" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y233" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="0" t="inlineStr">
         <is>
-          <t>2019WB</t>
+          <t>2821B</t>
         </is>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
-          <t>Bulova UK Ltd</t>
-[...2 lines deleted...]
-      <c r="C234" s="0"/>
+          <t>Budget Autos Ltd</t>
+        </is>
+      </c>
+      <c r="C234" s="0" t="inlineStr">
+        <is>
+          <t>Drimnagh Motors</t>
+        </is>
+      </c>
       <c r="D234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K234" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L234" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M234" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N234" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X234" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y234" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="0" t="inlineStr">
         <is>
-          <t>3491W</t>
+          <t>233W</t>
         </is>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
-          <t>Bunanstua Ltd</t>
+          <t>Buffalo Technology Ireland Ltd</t>
         </is>
       </c>
       <c r="C235" s="0"/>
       <c r="D235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X235" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y235" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="0" t="inlineStr">
         <is>
-          <t>1303W</t>
+          <t>1031W</t>
         </is>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
-          <t>Bunzl Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Buggy Refrigeration Services</t>
+        </is>
+      </c>
+      <c r="C236" s="0"/>
       <c r="D236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I236" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O236" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P236" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q236" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R236" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S236" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T236" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U236" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V236" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W236" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X236" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y236" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="0" t="inlineStr">
         <is>
-          <t>1323W</t>
+          <t>3716WB</t>
         </is>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
-          <t>Bunzl UK Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bulgari Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C237" s="0"/>
       <c r="D237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E237" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F237" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G237" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O237" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X237" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y237" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="0" t="inlineStr">
         <is>
-          <t>2903W</t>
+          <t>2132WB</t>
         </is>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
-          <t>Burgoalarm Security Products Ltd</t>
+          <t>Bullitt Group Ltd</t>
         </is>
       </c>
       <c r="C238" s="0"/>
       <c r="D238" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E238" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F238" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G238" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H238" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I238" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J238" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K238" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L238" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M238" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N238" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O238" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P238" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q238" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R238" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S238" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T238" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U238" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V238" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W238" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X238" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y238" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="0" t="inlineStr">
         <is>
-          <t>4476WB</t>
+          <t>3774WB</t>
         </is>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
-          <t>Burj Tech Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bullitt Mobile Ltd</t>
+        </is>
+      </c>
+      <c r="C239" s="0"/>
       <c r="D239" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X239" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y239" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="0" t="inlineStr">
         <is>
-          <t>404WB</t>
+          <t>2019WB</t>
         </is>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
-          <t>Burke Brothers Son and Company Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bulova UK Ltd</t>
+        </is>
+      </c>
+      <c r="C240" s="0"/>
       <c r="D240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O240" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X240" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y240" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="0" t="inlineStr">
         <is>
-          <t>3293W</t>
+          <t>3491W</t>
         </is>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
-          <t>Burkert UK Ltd</t>
+          <t>Bunanstua Ltd</t>
         </is>
       </c>
       <c r="C241" s="0"/>
       <c r="D241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H241" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I241" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O241" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X241" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y241" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="0" t="inlineStr">
         <is>
-          <t>3451WB</t>
+          <t>1303W</t>
         </is>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
-          <t>Busch Ireland Ltd</t>
+          <t>Bunzl Ireland Ltd</t>
         </is>
       </c>
       <c r="C242" s="0" t="inlineStr">
         <is>
-          <t>Busch</t>
+          <t>Bunzl Irish Merchants</t>
         </is>
       </c>
       <c r="D242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H242" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U242" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V242" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W242" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X242" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y242" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="0" t="inlineStr">
         <is>
-          <t>620WB</t>
+          <t>1323W</t>
         </is>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
-          <t>Bushell Interiors Ltd</t>
-[...2 lines deleted...]
-      <c r="C243" s="0"/>
+          <t>Bunzl UK Ltd</t>
+        </is>
+      </c>
+      <c r="C243" s="0" t="inlineStr">
+        <is>
+          <t>Bunzl McLaughlin</t>
+        </is>
+      </c>
       <c r="D243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -28898,934 +30098,982 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P243" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X243" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y243" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="0" t="inlineStr">
         <is>
-          <t>107WB</t>
+          <t>2903W</t>
         </is>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
-          <t>Business Electronic Equipment Ltd</t>
+          <t>Burgoalarm Security Products Ltd</t>
         </is>
       </c>
       <c r="C244" s="0"/>
       <c r="D244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X244" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y244" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="0" t="inlineStr">
         <is>
-          <t>932WB</t>
+          <t>4476WB</t>
         </is>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
-          <t>Business Improvement Ltd</t>
-[...2 lines deleted...]
-      <c r="C245" s="0"/>
+          <t>Burj Tech Ltd</t>
+        </is>
+      </c>
+      <c r="C245" s="0" t="inlineStr">
+        <is>
+          <t>Bargains Direct</t>
+        </is>
+      </c>
       <c r="D245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O245" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X245" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y245" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="0" t="inlineStr">
         <is>
-          <t>423WB</t>
+          <t>404WB</t>
         </is>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
-          <t>Business Management Systems Ltd</t>
-[...2 lines deleted...]
-      <c r="C246" s="0"/>
+          <t>Burke Brothers Son and Company Ltd</t>
+        </is>
+      </c>
+      <c r="C246" s="0" t="inlineStr">
+        <is>
+          <t>Burke Bros / Ashtown Trading</t>
+        </is>
+      </c>
       <c r="D246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O246" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P246" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q246" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R246" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S246" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T246" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U246" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V246" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W246" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X246" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y246" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="0" t="inlineStr">
         <is>
-          <t>2542T</t>
+          <t>3293W</t>
         </is>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
-          <t>Butler &amp; Young Tyres</t>
+          <t>Burkert UK Ltd</t>
         </is>
       </c>
       <c r="C247" s="0"/>
       <c r="D247" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E247" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F247" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G247" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H247" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I247" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J247" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K247" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L247" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M247" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N247" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O247" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P247" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X247" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y247" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="0" t="inlineStr">
         <is>
-          <t>148W</t>
+          <t>4682WB</t>
         </is>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
-          <t>Butler Agencies</t>
+          <t>BurnerCheck</t>
         </is>
       </c>
       <c r="C248" s="0"/>
       <c r="D248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W248" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X248" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y248" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="0" t="inlineStr">
         <is>
-          <t>149WB</t>
+          <t>3451WB</t>
         </is>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
-          <t>Butler Transtest Ltd</t>
+          <t>Busch Ireland Ltd</t>
         </is>
       </c>
       <c r="C249" s="0" t="inlineStr">
         <is>
-          <t>Butler Technologies</t>
+          <t>Busch</t>
         </is>
       </c>
       <c r="D249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I249" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X249" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y249" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="0" t="inlineStr">
         <is>
-          <t>2274T</t>
+          <t>620WB</t>
         </is>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
-          <t>Butlers Tyre Service</t>
+          <t>Bushell Interiors Ltd</t>
         </is>
       </c>
       <c r="C250" s="0"/>
       <c r="D250" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L250" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X250" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y250" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="0" t="inlineStr">
         <is>
-          <t>1975WB</t>
+          <t>107WB</t>
         </is>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
-          <t>Buy It Direct Ltd</t>
+          <t>Business Electronic Equipment Ltd</t>
         </is>
       </c>
       <c r="C251" s="0"/>
       <c r="D251" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -29841,103 +31089,108 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O251" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P251" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q251" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R251" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S251" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T251" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U251" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V251" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W251" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X251" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y251" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="0" t="inlineStr">
         <is>
-          <t>1011W</t>
+          <t>932WB</t>
         </is>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
-          <t>BWG Foods Ltd/Spar/Eurospar/Mace Value Centre</t>
+          <t>Business Improvement Ltd</t>
         </is>
       </c>
       <c r="C252" s="0"/>
       <c r="D252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H252" s="0" t="inlineStr">
         <is>
@@ -29964,98 +31217,103 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P252" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U252" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V252" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W252" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X252" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y252" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="0" t="inlineStr">
         <is>
-          <t>1412WB</t>
+          <t>423WB</t>
         </is>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
-          <t>By-Tek Office Systems Ltd</t>
+          <t>Business Management Systems Ltd</t>
         </is>
       </c>
       <c r="C253" s="0"/>
       <c r="D253" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E253" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F253" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G253" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H253" s="0" t="inlineStr">
         <is>
@@ -30082,686 +31340,1581 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M253" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N253" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O253" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P253" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q253" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R253" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S253" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T253" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X253" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y253" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="0" t="inlineStr">
         <is>
-          <t>3638WB</t>
+          <t>2542T</t>
         </is>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
-          <t>BYD Europe BV</t>
-[...6 lines deleted...]
-      </c>
+          <t>Butler &amp; Young Tyres</t>
+        </is>
+      </c>
+      <c r="C254" s="0"/>
       <c r="D254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L254" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M254" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U254" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V254" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W254" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X254" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y254" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="0" t="inlineStr">
         <is>
-          <t>3848WB</t>
+          <t>148W</t>
         </is>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
-          <t>ByoWave Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Butler Agencies</t>
+        </is>
+      </c>
+      <c r="C255" s="0"/>
       <c r="D255" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E255" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X255" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y255" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="0" t="inlineStr">
         <is>
-          <t>3532T</t>
+          <t>149WB</t>
         </is>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
-          <t>Byrne Tyres &amp; Auto Centre Ltd</t>
-[...2 lines deleted...]
-      <c r="C256" s="0"/>
+          <t>Butler Transtest Ltd</t>
+        </is>
+      </c>
+      <c r="C256" s="0" t="inlineStr">
+        <is>
+          <t>Butler Technologies</t>
+        </is>
+      </c>
       <c r="D256" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E256" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F256" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G256" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L256" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X256" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y256" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="0" t="inlineStr">
         <is>
-          <t>1933WB</t>
+          <t>2274T</t>
         </is>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
-          <t>Byrne's Electrical Wholesalers Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Butlers Tyre Service</t>
+        </is>
+      </c>
+      <c r="C257" s="0"/>
       <c r="D257" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M257" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N257" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O257" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P257" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X257" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y257" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="0" t="inlineStr">
         <is>
-          <t>1141WB</t>
+          <t>1975WB</t>
         </is>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
-          <t>Byrne's World of Wonder</t>
+          <t>Buy It Direct Ltd</t>
         </is>
       </c>
       <c r="C258" s="0"/>
       <c r="D258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R258" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W258" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X258" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y258" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="0" t="inlineStr">
+        <is>
+          <t>1011W</t>
+        </is>
+      </c>
+      <c r="B259" s="0" t="inlineStr">
+        <is>
+          <t>BWG Foods Ltd/Spar/Eurospar/Mace Value Centre</t>
+        </is>
+      </c>
+      <c r="C259" s="0"/>
+      <c r="D259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="R259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="S259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="T259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="U259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="V259" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="W259" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="X259" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y259" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="0" t="inlineStr">
+        <is>
+          <t>1412WB</t>
+        </is>
+      </c>
+      <c r="B260" s="0" t="inlineStr">
+        <is>
+          <t>By-Tek Office Systems Ltd</t>
+        </is>
+      </c>
+      <c r="C260" s="0"/>
+      <c r="D260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="R260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="S260" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="T260" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U260" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V260" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W260" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X260" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y260" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="0" t="inlineStr">
+        <is>
+          <t>3638WB</t>
+        </is>
+      </c>
+      <c r="B261" s="0" t="inlineStr">
+        <is>
+          <t>BYD Europe BV</t>
+        </is>
+      </c>
+      <c r="C261" s="0" t="inlineStr">
+        <is>
+          <t>BYD</t>
+        </is>
+      </c>
+      <c r="D261" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E261" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F261" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G261" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H261" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I261" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J261" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K261" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L261" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M261" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N261" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O261" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P261" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q261" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R261" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S261" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T261" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U261" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V261" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W261" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X261" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y261" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="0" t="inlineStr">
+        <is>
+          <t>3848WB</t>
+        </is>
+      </c>
+      <c r="B262" s="0" t="inlineStr">
+        <is>
+          <t>ByoWave Ltd</t>
+        </is>
+      </c>
+      <c r="C262" s="0" t="inlineStr">
+        <is>
+          <t>ByoWave</t>
+        </is>
+      </c>
+      <c r="D262" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="E262" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F262" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y262" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="0" t="inlineStr">
+        <is>
+          <t>3532T</t>
+        </is>
+      </c>
+      <c r="B263" s="0" t="inlineStr">
+        <is>
+          <t>Byrne Tyres &amp; Auto Centre Ltd</t>
+        </is>
+      </c>
+      <c r="C263" s="0"/>
+      <c r="D263" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="E263" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F263" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G263" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H263" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I263" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J263" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K263" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L263" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M263" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N263" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="O263" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="P263" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Q263" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="R263" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="S263" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="T263" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="U263" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="V263" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="W263" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X263" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y263" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="0" t="inlineStr">
+        <is>
+          <t>1933WB</t>
+        </is>
+      </c>
+      <c r="B264" s="0" t="inlineStr">
+        <is>
+          <t>Byrne's Electrical Wholesalers Ltd</t>
+        </is>
+      </c>
+      <c r="C264" s="0" t="inlineStr">
+        <is>
+          <t>BEP Electrical Distributors</t>
+        </is>
+      </c>
+      <c r="D264" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E264" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="F264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q264" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R264" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S264" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T264" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U264" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V264" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W264" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X264" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y264" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="0" t="inlineStr">
+        <is>
+          <t>1141WB</t>
+        </is>
+      </c>
+      <c r="B265" s="0" t="inlineStr">
+        <is>
+          <t>Byrne's World of Wonder</t>
+        </is>
+      </c>
+      <c r="C265" s="0"/>
+      <c r="D265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="R265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="S265" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="T265" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U265" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V265" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W265" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="X265" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y265" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">