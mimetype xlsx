--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -218,51 +218,51 @@
       <c r="X1" s="0" t="n">
         <v>2006</v>
       </c>
       <c r="Y1" s="0" t="n">
         <v>2005</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>2849B</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>O &amp; I Motors Ltd</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
           <t>Herron Auto</t>
         </is>
       </c>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1202,51 +1202,51 @@
       <c r="X9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>849WB</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>O'Donovan Engineering Company Ltd</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1448,51 +1448,51 @@
       <c r="X11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>1427WB</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>O'Flynn Medical Ltd</t>
         </is>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1944,51 +1944,51 @@
       <c r="X15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="inlineStr">
         <is>
           <t>1987W</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>O'Meara Camping (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C16" s="0"/>
       <c r="D16" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2802,290 +2802,290 @@
       </c>
       <c r="V22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W22" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X22" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y22" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>2519T</t>
+          <t>2778T</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>O'Sullivan Motors</t>
         </is>
       </c>
       <c r="C23" s="0"/>
       <c r="D23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>2778T</t>
+          <t>2519T</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>O'Sullivan Motors</t>
         </is>
       </c>
       <c r="C24" s="0"/>
       <c r="D24" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="inlineStr">
         <is>
           <t>3610WB</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>OB Vaping Ltd</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>OB Vape</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
@@ -3805,51 +3805,51 @@
       <c r="X30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y30" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="inlineStr">
         <is>
           <t>3599WB</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
           <t>Off Your Grid Ltd</t>
         </is>
       </c>
       <c r="C31" s="0"/>
       <c r="D31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4055,51 +4055,51 @@
       </c>
       <c r="Y32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="inlineStr">
         <is>
           <t>1331WB</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>Ogalas Unlimited Company</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
           <t>Homestore &amp; More</t>
         </is>
       </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4674,51 +4674,51 @@
       <c r="X37" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y37" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="inlineStr">
         <is>
           <t>2964B</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Oliver Geoghegan Car Sales Ltd</t>
         </is>
       </c>
       <c r="C38" s="0"/>
       <c r="D38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4920,56 +4920,56 @@
       <c r="X39" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y39" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="inlineStr">
         <is>
           <t>3386WB</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
           <t>OM Digital Solutions GmbH</t>
         </is>
       </c>
       <c r="C40" s="0"/>
       <c r="D40" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -5166,51 +5166,51 @@
       <c r="X41" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y41" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="inlineStr">
         <is>
           <t>3938WB</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
           <t>One Retail Group Ltd</t>
         </is>
       </c>
       <c r="C42" s="0"/>
       <c r="D42" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -5785,51 +5785,51 @@
       <c r="X46" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y46" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="inlineStr">
         <is>
           <t>3950WB</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>Oneway Bike Industry B.V. </t>
         </is>
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -6400,51 +6400,51 @@
       <c r="X51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="inlineStr">
         <is>
           <t>3549WB</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
           <t>Ooni GmbH</t>
         </is>
       </c>
       <c r="C52" s="0"/>
       <c r="D52" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -6523,51 +6523,51 @@
       <c r="X52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="inlineStr">
         <is>
           <t>324W</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Open GI Ltd</t>
         </is>
       </c>
       <c r="C53" s="0"/>
       <c r="D53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -6892,51 +6892,51 @@
       <c r="X55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="inlineStr">
         <is>
           <t>2156WB</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Opex Business Machines GmbH</t>
         </is>
       </c>
       <c r="C56" s="0"/>
       <c r="D56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -7388,51 +7388,51 @@
       <c r="X59" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y59" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="inlineStr">
         <is>
           <t>918WB</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
           <t>Optical Sciences (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C60" s="0"/>
       <c r="D60" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -7623,290 +7623,290 @@
       </c>
       <c r="V61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>2022WB</t>
+          <t>3457WB</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Optos PLC</t>
         </is>
       </c>
       <c r="C62" s="0"/>
       <c r="D62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>3457WB</t>
+          <t>2022WB</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
           <t>Optos PLC</t>
         </is>
       </c>
       <c r="C63" s="0"/>
       <c r="D63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="inlineStr">
         <is>
           <t>1585WB</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>Oracle EMEA Ltd</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
           <t>Oracle Corporation Ireland</t>
         </is>
       </c>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
@@ -8253,51 +8253,51 @@
       <c r="X66" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y66" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="inlineStr">
         <is>
           <t>3062WB</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
           <t>Orbea S. Coop.</t>
         </is>
       </c>
       <c r="C67" s="0"/>
       <c r="D67" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -8376,51 +8376,51 @@
       <c r="X67" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y67" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="inlineStr">
         <is>
           <t>4479B</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>Orber Germany GmbH</t>
         </is>
       </c>
       <c r="C68" s="0"/>
       <c r="D68" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -8626,51 +8626,51 @@
       </c>
       <c r="Y69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="inlineStr">
         <is>
           <t>4378WB</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
           <t>Orenda Enterprise Ltd</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
           <t>solarboss</t>
         </is>
       </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -9618,51 +9618,51 @@
       </c>
       <c r="Y77" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="inlineStr">
         <is>
           <t>3212WB</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
           <t>OTGI Ltd</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
           <t>Spicers Office Supply Ltd</t>
         </is>
       </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9741,51 +9741,51 @@
       <c r="X78" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y78" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="inlineStr">
         <is>
           <t>3745WB</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
           <t>Other World Computing Europe BV</t>
         </is>
       </c>
       <c r="C79" s="0"/>
       <c r="D79" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -9864,51 +9864,51 @@
       <c r="X79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y79" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="inlineStr">
         <is>
           <t>2258WB</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
           <t>Oticon Ltd</t>
         </is>
       </c>
       <c r="C80" s="0"/>
       <c r="D80" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -10114,51 +10114,51 @@
       </c>
       <c r="Y81" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="inlineStr">
         <is>
           <t>1890WB</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Otter Products EMEA Unlimited Company</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>Otter Products EMEA</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -10360,51 +10360,51 @@
       <c r="X83" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y83" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="inlineStr">
         <is>
           <t>3837WB</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
           <t>Oura Health OY</t>
         </is>
       </c>
       <c r="C84" s="0"/>
       <c r="D84" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -10606,51 +10606,51 @@
       <c r="X85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="inlineStr">
         <is>
           <t>3533WB</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Ovia Ireland Ltd</t>
         </is>
       </c>
       <c r="C86" s="0"/>
       <c r="D86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -10975,51 +10975,51 @@
       <c r="X88" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y88" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="inlineStr">
         <is>
           <t>460WB</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
           <t>Oxendale &amp; Co. Ltd</t>
         </is>
       </c>
       <c r="C89" s="0"/>
       <c r="D89" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -11221,51 +11221,51 @@
       <c r="X90" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y90" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="inlineStr">
         <is>
           <t>600WB</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
           <t>Oxygen-Care Ltd</t>
         </is>
       </c>
       <c r="C91" s="0"/>
       <c r="D91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t>YES</t>