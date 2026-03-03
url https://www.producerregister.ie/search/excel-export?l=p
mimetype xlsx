--- v0 (2026-01-08)
+++ v1 (2026-03-03)
@@ -107,51 +107,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y224"/>
+  <dimension ref="A1:Y235"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Reg No.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Company Name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Trading As</t>
         </is>
       </c>
@@ -1083,51 +1083,51 @@
       <c r="X8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>512WB</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>P.C. Systems Ltd</t>
         </is>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1579,51 +1579,51 @@
       <c r="X12" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y12" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>3469WB</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>P.J. Brennan &amp; Company Ltd</t>
         </is>
       </c>
       <c r="C13" s="0"/>
       <c r="D13" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2075,51 +2075,51 @@
       </c>
       <c r="Y16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>1429WB</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>P.N.S. Ltd</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>PC Peripherals</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2444,51 +2444,51 @@
       <c r="X19" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y19" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>3475WB</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Pac Sane Ltd</t>
         </is>
       </c>
       <c r="C20" s="0"/>
       <c r="D20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -3305,51 +3305,51 @@
       <c r="X26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="inlineStr">
         <is>
           <t>3239WB</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Panasonic Industry Europe GmbH</t>
         </is>
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3428,51 +3428,51 @@
       <c r="X27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="inlineStr">
         <is>
           <t>1670WB</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Panasonic Marketing Europe GmbH</t>
         </is>
       </c>
       <c r="C28" s="0"/>
       <c r="D28" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4051,51 +4051,51 @@
       <c r="X32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="inlineStr">
         <is>
           <t>3442W</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
           <t>PAP Healthcare Ltd</t>
         </is>
       </c>
       <c r="C33" s="0"/>
       <c r="D33" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4420,51 +4420,51 @@
       <c r="X35" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y35" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="inlineStr">
         <is>
           <t>2316T</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Park Tyres Ltd</t>
         </is>
       </c>
       <c r="C36" s="0"/>
       <c r="D36" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -5043,51 +5043,51 @@
       <c r="X40" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y40" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="inlineStr">
         <is>
           <t>2673WB</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>Particular Sciences Ltd</t>
         </is>
       </c>
       <c r="C41" s="0"/>
       <c r="D41" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -5662,51 +5662,51 @@
       </c>
       <c r="Y45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="inlineStr">
         <is>
           <t>2242T</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Pat Clifford Tyres Ltd</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
           <t>Pat Clifford Tyres</t>
         </is>
       </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -5912,51 +5912,51 @@
       <c r="X47" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y47" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="inlineStr">
         <is>
           <t>2618T</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
           <t>Pat Hinch Tyre &amp; Wheel Mart Ltd</t>
         </is>
       </c>
       <c r="C48" s="0"/>
       <c r="D48" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -6535,51 +6535,51 @@
       <c r="X52" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y52" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="inlineStr">
         <is>
           <t>2064WB</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
           <t>Pat O'Flynn Scales Ltd</t>
         </is>
       </c>
       <c r="C53" s="0"/>
       <c r="D53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -6781,51 +6781,51 @@
       <c r="X54" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y54" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="inlineStr">
         <is>
           <t>3671W</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
           <t>patientMpower Ltd</t>
         </is>
       </c>
       <c r="C55" s="0"/>
       <c r="D55" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -6904,51 +6904,51 @@
       <c r="X55" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y55" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="inlineStr">
         <is>
           <t>577W</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
           <t>Patina Lighting Ltd</t>
         </is>
       </c>
       <c r="C56" s="0"/>
       <c r="D56" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -7154,51 +7154,51 @@
       <c r="X57" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y57" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="inlineStr">
         <is>
           <t>1262W</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
           <t>Patterson Pump Ireland Ltd</t>
         </is>
       </c>
       <c r="C58" s="0"/>
       <c r="D58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -7650,51 +7650,51 @@
       <c r="X61" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y61" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="inlineStr">
         <is>
           <t>717WB</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Paul Sheeran Jewellers (Johnsons Court) Ltd</t>
         </is>
       </c>
       <c r="C62" s="0"/>
       <c r="D62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -7896,51 +7896,51 @@
       <c r="X63" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y63" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="inlineStr">
         <is>
           <t>3743WB</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
           <t>PBE Axell Europe Ltd</t>
         </is>
       </c>
       <c r="C64" s="0"/>
       <c r="D64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -8019,51 +8019,51 @@
       <c r="X64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="inlineStr">
         <is>
           <t>1978WB</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
           <t>PBL Electrical Distributors Ltd</t>
         </is>
       </c>
       <c r="C65" s="0"/>
       <c r="D65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -8146,51 +8146,51 @@
       </c>
       <c r="Y65" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="inlineStr">
         <is>
           <t>4447WB</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
           <t>PC Peripherals Ltd </t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
           <t>MESH Computers</t>
         </is>
       </c>
       <c r="D66" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -8396,51 +8396,51 @@
       </c>
       <c r="Y67" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="inlineStr">
         <is>
           <t>229WB</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
           <t>PC-Pro Computers Ltd</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
           <t>Pc Pro/ Mercury Security Distribution</t>
         </is>
       </c>
       <c r="D68" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -8523,51 +8523,51 @@
       </c>
       <c r="Y68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="inlineStr">
         <is>
           <t>1794WB</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
           <t>PCMCS Tech Ltd</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
           <t>Glas Energy Technology</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -8896,51 +8896,51 @@
       <c r="X71" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y71" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="inlineStr">
         <is>
           <t>2347T</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
           <t>Pearse Road Tyre Centre (Letterkenny) Ltd</t>
         </is>
       </c>
       <c r="C72" s="0"/>
       <c r="D72" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9019,51 +9019,51 @@
       <c r="X72" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y72" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="inlineStr">
         <is>
           <t>2373T</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
           <t>Pearse Road Tyre Service Ltd</t>
         </is>
       </c>
       <c r="C73" s="0"/>
       <c r="D73" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9265,51 +9265,51 @@
       <c r="X74" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y74" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="0" t="inlineStr">
         <is>
           <t>109WB</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
           <t>Peat's Wholesale Ltd</t>
         </is>
       </c>
       <c r="C75" s="0"/>
       <c r="D75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9511,51 +9511,51 @@
       <c r="X76" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y76" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="inlineStr">
         <is>
           <t>3477W</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
           <t>Peimar Industries SRL</t>
         </is>
       </c>
       <c r="C77" s="0"/>
       <c r="D77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -9757,51 +9757,51 @@
       <c r="X78" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y78" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="inlineStr">
         <is>
           <t>884WB</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
           <t>PEMA Ltd</t>
         </is>
       </c>
       <c r="C79" s="0"/>
       <c r="D79" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -10003,51 +10003,51 @@
       <c r="X80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="inlineStr">
         <is>
           <t>1527WB</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
           <t>Penguin Solutions (Peng) Limited</t>
         </is>
       </c>
       <c r="C81" s="0"/>
       <c r="D81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -10130,51 +10130,51 @@
       </c>
       <c r="Y81" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="inlineStr">
         <is>
           <t>1504WB</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
           <t>Penta Networks Ltd</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
           <t>Tech Shop</t>
         </is>
       </c>
       <c r="D82" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -10622,51 +10622,51 @@
       <c r="X85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="inlineStr">
         <is>
           <t>582W</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
           <t>Perlamar Ltd</t>
         </is>
       </c>
       <c r="C86" s="0"/>
       <c r="D86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -11856,51 +11856,51 @@
       <c r="X95" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y95" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="inlineStr">
         <is>
           <t>3636WB</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
           <t>Petstop Ltd</t>
         </is>
       </c>
       <c r="C96" s="0"/>
       <c r="D96" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -12110,51 +12110,51 @@
       </c>
       <c r="Y97" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="0" t="inlineStr">
         <is>
           <t>3296WB</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
           <t>Petz Ltd</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
           <t>Western Pet Products</t>
         </is>
       </c>
       <c r="D98" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -12222,302 +12222,302 @@
       </c>
       <c r="V98" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W98" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X98" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y98" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="0" t="inlineStr">
         <is>
-          <t>961WB</t>
+          <t>4771WB</t>
         </is>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>PFH Technology Group Unlimited Company</t>
+          <t>PF Concept International Cooperatief UA</t>
         </is>
       </c>
       <c r="C99" s="0"/>
       <c r="D99" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H99" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W99" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y99" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="0" t="inlineStr">
         <is>
-          <t>968W</t>
+          <t>961WB</t>
         </is>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>Pfizer Consumer Healthcare Ireland</t>
+          <t>PFH Technology Group Limited Company</t>
         </is>
       </c>
       <c r="C100" s="0"/>
       <c r="D100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V100" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W100" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X100" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y100" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="0" t="inlineStr">
         <is>
-          <t>970WB</t>
+          <t>968W</t>
         </is>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>Phadia Ltd</t>
+          <t>Pfizer Consumer Healthcare Ireland</t>
         </is>
       </c>
       <c r="C101" s="0"/>
       <c r="D101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H101" s="0" t="inlineStr">
         <is>
@@ -12534,113 +12534,113 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N101" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W101" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X101" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y101" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="0" t="inlineStr">
         <is>
-          <t>983W</t>
+          <t>970WB</t>
         </is>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>Pharmaplus Ltd Trading as Cupcake</t>
+          <t>Phadia Ltd</t>
         </is>
       </c>
       <c r="C102" s="0"/>
       <c r="D102" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E102" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F102" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H102" s="0" t="inlineStr">
         <is>
@@ -12657,902 +12657,906 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K102" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L102" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M102" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N102" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O102" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P102" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q102" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R102" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S102" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T102" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U102" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W102" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X102" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y102" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="0" t="inlineStr">
         <is>
-          <t>158WB</t>
+          <t>983W</t>
         </is>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>Phibsboro Electrical Wholesalers Ltd</t>
+          <t>Pharmaplus Ltd Trading as Cupcake</t>
         </is>
       </c>
       <c r="C103" s="0"/>
       <c r="D103" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V103" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W103" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y103" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="0" t="inlineStr">
         <is>
-          <t>871W</t>
+          <t>4841WB</t>
         </is>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>Philip Brady Lighting</t>
-[...2 lines deleted...]
-      <c r="C104" s="0"/>
+          <t>Phathom Bcs Ltd</t>
+        </is>
+      </c>
+      <c r="C104" s="0" t="inlineStr">
+        <is>
+          <t>Jaly Distribution</t>
+        </is>
+      </c>
       <c r="D104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P104" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X104" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y104" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="0" t="inlineStr">
         <is>
-          <t>2538T</t>
+          <t>158WB</t>
         </is>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>Philip Case Auto Repairs</t>
+          <t>Phibsboro Electrical Wholesalers Ltd</t>
         </is>
       </c>
       <c r="C105" s="0"/>
       <c r="D105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J105" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K105" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L105" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y105" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="0" t="inlineStr">
         <is>
-          <t>3022BT</t>
+          <t>871W</t>
         </is>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>Philip Griffin Motors Ltd</t>
+          <t>Philip Brady Lighting</t>
         </is>
       </c>
       <c r="C106" s="0"/>
       <c r="D106" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E106" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F106" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H106" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I106" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J106" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K106" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V106" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y106" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="0" t="inlineStr">
         <is>
-          <t>2562T</t>
+          <t>2538T</t>
         </is>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>Philip Ireland Tyres Ltd</t>
+          <t>Philip Case Auto Repairs</t>
         </is>
       </c>
       <c r="C107" s="0"/>
       <c r="D107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J107" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L107" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M107" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y107" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="0" t="inlineStr">
         <is>
-          <t>737W</t>
+          <t>3022BT</t>
         </is>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>Philip J. Dix &amp; Co. Ltd</t>
+          <t>Philip Griffin Motors Ltd</t>
         </is>
       </c>
       <c r="C108" s="0"/>
       <c r="D108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K108" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y108" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="0" t="inlineStr">
         <is>
-          <t>2460T</t>
+          <t>2562T</t>
         </is>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>Philip White Tyres Ltd</t>
+          <t>Philip Ireland Tyres Ltd</t>
         </is>
       </c>
       <c r="C109" s="0"/>
       <c r="D109" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E109" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F109" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H109" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I109" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J109" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K109" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L109" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M109" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N109" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O109" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P109" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q109" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R109" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -13575,230 +13579,230 @@
       </c>
       <c r="V109" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W109" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X109" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y109" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="0" t="inlineStr">
         <is>
-          <t>2103WB</t>
+          <t>737W</t>
         </is>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>Philips Electronics Ireland Ltd</t>
+          <t>Philip J. Dix &amp; Co. Ltd</t>
         </is>
       </c>
       <c r="C110" s="0"/>
       <c r="D110" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E110" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F110" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H110" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I110" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J110" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K110" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L110" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M110" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N110" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y110" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="0" t="inlineStr">
         <is>
-          <t>2575T</t>
+          <t>2460T</t>
         </is>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>Philpott Tyre Centre Ltd</t>
+          <t>Philip White Tyres Ltd</t>
         </is>
       </c>
       <c r="C111" s="0"/>
       <c r="D111" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E111" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L111" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M111" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N111" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O111" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P111" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q111" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R111" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -13821,62 +13825,62 @@
       </c>
       <c r="V111" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W111" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X111" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y111" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="0" t="inlineStr">
         <is>
-          <t>1541WB</t>
+          <t>2103WB</t>
         </is>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>Phoenix Contact (Ireland) Ltd</t>
+          <t>Philips Electronics Ireland Ltd</t>
         </is>
       </c>
       <c r="C112" s="0"/>
       <c r="D112" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E112" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F112" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H112" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I112" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -13887,164 +13891,164 @@
           <t>YES</t>
         </is>
       </c>
       <c r="K112" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L112" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M112" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N112" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T112" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U112" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V112" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W112" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X112" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y112" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="0" t="inlineStr">
         <is>
-          <t>2371T</t>
+          <t>2575T</t>
         </is>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>Phoenix Tyre Company Ltd</t>
+          <t>Philpott Tyre Centre Ltd</t>
         </is>
       </c>
       <c r="C113" s="0"/>
       <c r="D113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L113" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M113" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N113" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O113" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P113" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q113" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R113" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -14067,371 +14071,367 @@
       </c>
       <c r="V113" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W113" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X113" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y113" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="0" t="inlineStr">
         <is>
-          <t>054RW</t>
+          <t>1541WB</t>
         </is>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>PhoenixRm Limited</t>
-[...6 lines deleted...]
-      </c>
+          <t>Phoenix Contact (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C114" s="0"/>
       <c r="D114" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E114" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F114" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H114" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I114" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J114" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K114" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L114" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M114" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N114" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O114" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P114" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q114" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R114" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S114" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T114" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y114" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="0" t="inlineStr">
         <is>
-          <t>1679W</t>
+          <t>2371T</t>
         </is>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>Phonak AG</t>
+          <t>Phoenix Tyre Company Ltd</t>
         </is>
       </c>
       <c r="C115" s="0"/>
       <c r="D115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P115" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q115" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R115" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S115" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T115" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U115" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V115" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W115" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X115" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y115" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="0" t="inlineStr">
         <is>
-          <t>3891WB</t>
+          <t>054RW</t>
         </is>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>Phone Care &amp; Repairs Ltd</t>
+          <t>PhoenixRm Limited</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
-          <t>Smart Hub</t>
+          <t>Green IT</t>
         </is>
       </c>
       <c r="D116" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E116" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F116" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K116" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L116" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M116" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N116" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O116" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -14444,56 +14444,56 @@
       </c>
       <c r="V116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y116" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="0" t="inlineStr">
         <is>
-          <t>1921WB</t>
+          <t>1679W</t>
         </is>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>Phone Solutions</t>
+          <t>Phonak AG</t>
         </is>
       </c>
       <c r="C117" s="0"/>
       <c r="D117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H117" s="0" t="inlineStr">
         <is>
@@ -14520,476 +14520,480 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P117" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q117" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R117" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S117" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y117" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="0" t="inlineStr">
         <is>
-          <t>2052WB</t>
+          <t>3891WB</t>
         </is>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>Phonewatch Ltd</t>
+          <t>Phone Care &amp; Repairs Ltd</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
-          <t>Phonewatch</t>
+          <t>Smart Hub</t>
         </is>
       </c>
       <c r="D118" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q118" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y118" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="0" t="inlineStr">
         <is>
-          <t>637WB</t>
+          <t>1921WB</t>
         </is>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>Photo Import Ltd</t>
+          <t>Phone Solutions</t>
         </is>
       </c>
       <c r="C119" s="0"/>
       <c r="D119" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="R119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y119" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="0" t="inlineStr">
         <is>
-          <t>1282WB</t>
+          <t>2052WB</t>
         </is>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>Photologic Ltd</t>
-[...2 lines deleted...]
-      <c r="C120" s="0"/>
+          <t>Phonewatch Ltd</t>
+        </is>
+      </c>
+      <c r="C120" s="0" t="inlineStr">
+        <is>
+          <t>Phonewatch</t>
+        </is>
+      </c>
       <c r="D120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S120" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X120" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y120" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="0" t="inlineStr">
         <is>
-          <t>2501B</t>
+          <t>637WB</t>
         </is>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>PHS West LLC</t>
+          <t>Photo Import Ltd</t>
         </is>
       </c>
       <c r="C121" s="0"/>
       <c r="D121" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E121" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F121" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H121" s="0" t="inlineStr">
         <is>
@@ -15001,1967 +15005,1967 @@
           <t>YES</t>
         </is>
       </c>
       <c r="J121" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K121" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L121" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M121" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V121" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y121" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="0" t="inlineStr">
         <is>
-          <t>3625T</t>
+          <t>1282WB</t>
         </is>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>PHTS Ltd</t>
+          <t>Photologic Ltd</t>
         </is>
       </c>
       <c r="C122" s="0"/>
       <c r="D122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M122" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y122" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="0" t="inlineStr">
         <is>
-          <t>782W</t>
+          <t>2501B</t>
         </is>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>Pianos Plus</t>
+          <t>PHS West LLC</t>
         </is>
       </c>
       <c r="C123" s="0"/>
       <c r="D123" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E123" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F123" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H123" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M123" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y123" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="0" t="inlineStr">
         <is>
-          <t>3558W</t>
+          <t>3625T</t>
         </is>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>Pianos Plus Ltd</t>
+          <t>PHTS Ltd</t>
         </is>
       </c>
       <c r="C124" s="0"/>
       <c r="D124" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E124" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F124" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H124" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M124" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y124" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="0" t="inlineStr">
         <is>
-          <t>4549WB</t>
+          <t>782W</t>
         </is>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>Picommerce GmbH</t>
+          <t>Pianos Plus</t>
         </is>
       </c>
       <c r="C125" s="0"/>
       <c r="D125" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E125" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y125" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="0" t="inlineStr">
         <is>
-          <t>2904BT</t>
+          <t>3558W</t>
         </is>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>Pierse Motors (Tipperary) Ltd</t>
+          <t>Pianos Plus Ltd</t>
         </is>
       </c>
       <c r="C126" s="0"/>
       <c r="D126" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E126" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F126" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H126" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I126" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J126" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K126" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y126" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="0" t="inlineStr">
         <is>
-          <t>1829WB</t>
+          <t>4549WB</t>
         </is>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>Pinewood Laboratories Ltd</t>
+          <t>Picommerce GmbH</t>
         </is>
       </c>
       <c r="C127" s="0"/>
       <c r="D127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H127" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U127" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V127" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W127" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X127" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y127" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="0" t="inlineStr">
         <is>
-          <t>2100WB</t>
+          <t>2904BT</t>
         </is>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>Pingwave Technologies Ltd</t>
+          <t>Pierse Motors (Tipperary) Ltd</t>
         </is>
       </c>
       <c r="C128" s="0"/>
       <c r="D128" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E128" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F128" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H128" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I128" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J128" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K128" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L128" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N128" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y128" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="0" t="inlineStr">
         <is>
-          <t>4041B</t>
+          <t>1829WB</t>
         </is>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>Pingxiangshianyuanquhuihedianzishangwushanghang(Getigongshanghu)</t>
+          <t>Pinewood Laboratories Ltd</t>
         </is>
       </c>
       <c r="C129" s="0"/>
       <c r="D129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E129" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U129" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V129" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y129" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="0" t="inlineStr">
         <is>
-          <t>4042B</t>
+          <t>4838WB</t>
         </is>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>Pingxiangshihuayidengshi Co., Ltd</t>
+          <t>PINGOC NOW SL</t>
         </is>
       </c>
       <c r="C130" s="0"/>
       <c r="D130" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E130" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V130" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W130" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X130" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y130" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="0" t="inlineStr">
         <is>
-          <t>4239B</t>
+          <t>2100WB</t>
         </is>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>Pingyang Yiqing Electric Appliance Co., Ltd</t>
+          <t>Pingwave Technologies Ltd</t>
         </is>
       </c>
       <c r="C131" s="0"/>
       <c r="D131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E131" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N131" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V131" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y131" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="0" t="inlineStr">
         <is>
-          <t>2367T</t>
+          <t>4041B</t>
         </is>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>Pinnacle Automotive Services Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Pingxiangshianyuanquhuihedianzishangwushanghang(Getigongshanghu)</t>
+        </is>
+      </c>
+      <c r="C132" s="0"/>
       <c r="D132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E132" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M132" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N132" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O132" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P132" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q132" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R132" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S132" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T132" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U132" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V132" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W132" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X132" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y132" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="0" t="inlineStr">
         <is>
-          <t>2038WB</t>
+          <t>4042B</t>
         </is>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>Pioneer &amp; Onkyo Europe GmbH</t>
+          <t>Pingxiangshihuayidengshi Co., Ltd</t>
         </is>
       </c>
       <c r="C133" s="0"/>
       <c r="D133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K133" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O133" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V133" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y133" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="0" t="inlineStr">
         <is>
-          <t>2025WB</t>
+          <t>4239B</t>
         </is>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>Pioneer Europe NV</t>
+          <t>Pingyang Yiqing Electric Appliance Co., Ltd</t>
         </is>
       </c>
       <c r="C134" s="0"/>
       <c r="D134" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E134" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P134" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q134" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R134" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S134" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T134" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U134" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V134" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W134" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X134" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y134" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="0" t="inlineStr">
         <is>
-          <t>1835WB</t>
+          <t>2367T</t>
         </is>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>Pioneer GB Ltd</t>
-[...2 lines deleted...]
-      <c r="C135" s="0"/>
+          <t>Pinnacle Automotive Services Ltd</t>
+        </is>
+      </c>
+      <c r="C135" s="0" t="inlineStr">
+        <is>
+          <t>Discount Tyres And Services</t>
+        </is>
+      </c>
       <c r="D135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P135" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S135" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y135" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="0" t="inlineStr">
         <is>
-          <t>559WB</t>
+          <t>2038WB</t>
         </is>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>Pitney Bowes Ireland Ltd</t>
+          <t>Pioneer &amp; Onkyo Europe GmbH</t>
         </is>
       </c>
       <c r="C136" s="0"/>
       <c r="D136" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L136" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M136" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N136" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O136" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y136" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="0" t="inlineStr">
         <is>
-          <t>1398W</t>
+          <t>2025WB</t>
         </is>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>Pizza Equip Ltd</t>
+          <t>Pioneer Europe NV</t>
         </is>
       </c>
       <c r="C137" s="0"/>
       <c r="D137" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H137" s="0" t="inlineStr">
         <is>
@@ -16988,631 +16992,631 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P137" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y137" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="0" t="inlineStr">
         <is>
-          <t>3887B</t>
+          <t>1835WB</t>
         </is>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>PK Sourcing Solutions Ltd</t>
+          <t>Pioneer GB Ltd</t>
         </is>
       </c>
       <c r="C138" s="0"/>
       <c r="D138" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F138" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S138" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V138" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W138" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X138" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y138" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="0" t="inlineStr">
         <is>
-          <t>3702WB</t>
+          <t>559WB</t>
         </is>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>PKI Scientific Ireland Ltd</t>
+          <t>Pitney Bowes Ireland Ltd</t>
         </is>
       </c>
       <c r="C139" s="0"/>
       <c r="D139" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y139" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="0" t="inlineStr">
         <is>
-          <t>3117W</t>
+          <t>4774WB</t>
         </is>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>PlanNet 21 Communications Ltd</t>
+          <t>Pitpatpet Ltd</t>
         </is>
       </c>
       <c r="C140" s="0"/>
       <c r="D140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J140" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y140" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="0" t="inlineStr">
         <is>
-          <t>886W</t>
+          <t>1398W</t>
         </is>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>Plant &amp; Electrical Supplies Ltd</t>
+          <t>Pizza Equip Ltd</t>
         </is>
       </c>
       <c r="C141" s="0"/>
       <c r="D141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S141" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X141" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y141" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="0" t="inlineStr">
         <is>
-          <t>3120WB</t>
+          <t>3887B</t>
         </is>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>Plantronics B.V.</t>
+          <t>PK Sourcing Solutions Ltd</t>
         </is>
       </c>
       <c r="C142" s="0"/>
       <c r="D142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F142" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H142" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I142" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J142" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -17633,850 +17637,842 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="S142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V142" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y142" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="0" t="inlineStr">
         <is>
-          <t>705WB</t>
+          <t>3702WB</t>
         </is>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>Plasma &amp; LCD Flatscreen Ltd</t>
+          <t>PKI Scientific Ireland Ltd</t>
         </is>
       </c>
       <c r="C143" s="0"/>
       <c r="D143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T143" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y143" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="0" t="inlineStr">
         <is>
-          <t>722W</t>
+          <t>3117W</t>
         </is>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>Plasmon RTS Ltd</t>
+          <t>PlanNet 21 Communications Ltd</t>
         </is>
       </c>
       <c r="C144" s="0"/>
       <c r="D144" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E144" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F144" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H144" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I144" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J144" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W144" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y144" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="0" t="inlineStr">
         <is>
-          <t>3683W</t>
+          <t>886W</t>
         </is>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>Plasticard ZFT GmbH &amp; Co KG</t>
+          <t>Plant &amp; Electrical Supplies Ltd</t>
         </is>
       </c>
       <c r="C145" s="0"/>
       <c r="D145" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E145" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F145" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H145" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X145" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y145" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="0" t="inlineStr">
         <is>
-          <t>2011B</t>
+          <t>3120WB</t>
         </is>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>Platinum International Ltd</t>
+          <t>Plantronics B.V.</t>
         </is>
       </c>
       <c r="C146" s="0"/>
       <c r="D146" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E146" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F146" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H146" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I146" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J146" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P146" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V146" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y146" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="0" t="inlineStr">
         <is>
-          <t>1849W</t>
+          <t>705WB</t>
         </is>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>Platinum Sales Ltd</t>
+          <t>Plasma &amp; LCD Flatscreen Ltd</t>
         </is>
       </c>
       <c r="C147" s="0"/>
       <c r="D147" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T147" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U147" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V147" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W147" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X147" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y147" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="0" t="inlineStr">
         <is>
-          <t>2456T</t>
+          <t>722W</t>
         </is>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>Pluinceid Holdings Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Plasmon RTS Ltd</t>
+        </is>
+      </c>
+      <c r="C148" s="0"/>
       <c r="D148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M148" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y148" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="0" t="inlineStr">
         <is>
-          <t>3248WB</t>
+          <t>3683W</t>
         </is>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>PMD Device Solutions Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Plasticard ZFT GmbH &amp; Co KG</t>
+        </is>
+      </c>
+      <c r="C149" s="0"/>
       <c r="D149" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E149" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F149" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H149" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I149" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -18519,372 +18515,372 @@
       </c>
       <c r="V149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y149" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="0" t="inlineStr">
         <is>
-          <t>3522WB</t>
+          <t>2011B</t>
         </is>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>PoE Lighting Ltd</t>
+          <t>Platinum International Ltd</t>
         </is>
       </c>
       <c r="C150" s="0"/>
       <c r="D150" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F150" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K150" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V150" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y150" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="0" t="inlineStr">
         <is>
-          <t>3949WB</t>
+          <t>1849W</t>
         </is>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>Polar Electro Sales and Service Europe BV</t>
-[...6 lines deleted...]
-      </c>
+          <t>Platinum Sales Ltd</t>
+        </is>
+      </c>
+      <c r="C151" s="0"/>
       <c r="D151" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I151" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X151" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y151" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="0" t="inlineStr">
         <is>
-          <t>2756WB</t>
+          <t>4803WB</t>
         </is>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>Polaroid Film B.V.</t>
-[...2 lines deleted...]
-      <c r="C152" s="0"/>
+          <t>PLAUD PTE. LTD.</t>
+        </is>
+      </c>
+      <c r="C152" s="0" t="inlineStr">
+        <is>
+          <t>Plaud</t>
+        </is>
+      </c>
       <c r="D152" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E152" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="F152" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P152" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q152" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R152" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S152" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T152" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U152" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -18892,214 +18888,218 @@
       </c>
       <c r="V152" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W152" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X152" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y152" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="0" t="inlineStr">
         <is>
-          <t>3794WB</t>
+          <t>2456T</t>
         </is>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>Polaroid International B.V.</t>
+          <t>Pluinceid Holdings Ltd</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
-          <t>NA</t>
+          <t>Tyre Depot</t>
         </is>
       </c>
       <c r="D153" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E153" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F153" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y153" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="0" t="inlineStr">
         <is>
-          <t>3486BT</t>
+          <t>3248WB</t>
         </is>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>Polestar Automotive Ireland Ltd</t>
-[...2 lines deleted...]
-      <c r="C154" s="0"/>
+          <t>PMD Device Solutions Ltd</t>
+        </is>
+      </c>
+      <c r="C154" s="0" t="inlineStr">
+        <is>
+          <t>PMD Solutions</t>
+        </is>
+      </c>
       <c r="D154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E154" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F154" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H154" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I154" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J154" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K154" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L154" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M154" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N154" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -19125,139 +19125,139 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="S154" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T154" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U154" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V154" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y154" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="0" t="inlineStr">
         <is>
-          <t>2040WB</t>
+          <t>3522WB</t>
         </is>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>Polycom B.V.</t>
+          <t>PoE Lighting Ltd</t>
         </is>
       </c>
       <c r="C155" s="0"/>
       <c r="D155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J155" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K155" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P155" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -19265,460 +19265,464 @@
       </c>
       <c r="V155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y155" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="0" t="inlineStr">
         <is>
-          <t>1053W</t>
+          <t>3949WB</t>
         </is>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>Polydome Ltd</t>
-[...2 lines deleted...]
-      <c r="C156" s="0"/>
+          <t>Polar Electro Sales and Service Europe BV</t>
+        </is>
+      </c>
+      <c r="C156" s="0" t="inlineStr">
+        <is>
+          <t>Polar Electro</t>
+        </is>
+      </c>
       <c r="D156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I156" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y156" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="0" t="inlineStr">
         <is>
-          <t>754WB</t>
+          <t>2756WB</t>
         </is>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>Poppers Senco Ireland Ltd</t>
+          <t>Polaroid Film B.V.</t>
         </is>
       </c>
       <c r="C157" s="0"/>
       <c r="D157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T157" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y157" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="0" t="inlineStr">
         <is>
-          <t>2262T</t>
+          <t>3794WB</t>
         </is>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>Portarlington Tyres Ltd</t>
-[...2 lines deleted...]
-      <c r="C158" s="0"/>
+          <t>Polaroid International B.V.</t>
+        </is>
+      </c>
+      <c r="C158" s="0" t="inlineStr">
+        <is>
+          <t>NA</t>
+        </is>
+      </c>
       <c r="D158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F158" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H158" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I158" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J158" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K158" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L158" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M158" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y158" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="0" t="inlineStr">
         <is>
-          <t>3350WB</t>
+          <t>3486BT</t>
         </is>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>Portix Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Polestar Automotive Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C159" s="0"/>
       <c r="D159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H159" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I159" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -19744,598 +19748,590 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="S159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V159" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W159" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X159" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y159" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="0" t="inlineStr">
         <is>
-          <t>540WB</t>
+          <t>2040WB</t>
         </is>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>Portobello Distributors Ltd</t>
+          <t>Polycom B.V.</t>
         </is>
       </c>
       <c r="C160" s="0"/>
       <c r="D160" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E160" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F160" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H160" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I160" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J160" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U160" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y160" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="0" t="inlineStr">
         <is>
-          <t>2866WB</t>
+          <t>1053W</t>
         </is>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>Portwest Unlimited Company</t>
-[...6 lines deleted...]
-      </c>
+          <t>Polydome Ltd</t>
+        </is>
+      </c>
+      <c r="C161" s="0"/>
       <c r="D161" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L161" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y161" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="0" t="inlineStr">
         <is>
-          <t>4544WB</t>
+          <t>754WB</t>
         </is>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>Positive Grid Limited</t>
+          <t>Poppers Senco Ireland Ltd</t>
         </is>
       </c>
       <c r="C162" s="0"/>
       <c r="D162" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E162" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y162" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="0" t="inlineStr">
         <is>
-          <t>1751WB</t>
+          <t>2262T</t>
         </is>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>Poundland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Portarlington Tyres Ltd</t>
+        </is>
+      </c>
+      <c r="C163" s="0"/>
       <c r="D163" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M163" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S163" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y163" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="0" t="inlineStr">
         <is>
-          <t>3387WB</t>
+          <t>3350WB</t>
         </is>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>Powakaddy Europe Ltd</t>
+          <t>Portix Ltd</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
-          <t>PowaKaddy International Ltd</t>
+          <t>Xpert Cosmetics Ltd &amp; Flair Hair &amp; Beauty</t>
         </is>
       </c>
       <c r="D164" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E164" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F164" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I164" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J164" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K164" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L164" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -20388,802 +20384,806 @@
       </c>
       <c r="V164" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W164" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X164" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y164" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="0" t="inlineStr">
         <is>
-          <t>2238WB</t>
+          <t>540WB</t>
         </is>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>PowaKaddy International Ltd</t>
+          <t>Portobello Distributors Ltd</t>
         </is>
       </c>
       <c r="C165" s="0"/>
       <c r="D165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I165" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q165" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y165" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="0" t="inlineStr">
         <is>
-          <t>1681WB</t>
+          <t>2866WB</t>
         </is>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>Power and Energy Monitoring Solutions Ltd</t>
-[...2 lines deleted...]
-      <c r="C166" s="0"/>
+          <t>Portwest Unlimited Company</t>
+        </is>
+      </c>
+      <c r="C166" s="0" t="inlineStr">
+        <is>
+          <t>Portwest</t>
+        </is>
+      </c>
       <c r="D166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q166" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R166" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S166" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T166" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U166" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V166" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W166" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X166" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y166" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="0" t="inlineStr">
         <is>
-          <t>1530WB</t>
+          <t>4544WB</t>
         </is>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>Power City Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Positive Grid Limited</t>
+        </is>
+      </c>
+      <c r="C167" s="0"/>
       <c r="D167" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E167" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T167" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U167" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V167" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W167" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X167" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y167" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="0" t="inlineStr">
         <is>
-          <t>1790W</t>
+          <t>1751WB</t>
         </is>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>Power Home Products Ltd</t>
-[...2 lines deleted...]
-      <c r="C168" s="0"/>
+          <t>Poundland Ltd</t>
+        </is>
+      </c>
+      <c r="C168" s="0" t="inlineStr">
+        <is>
+          <t>Dealz</t>
+        </is>
+      </c>
       <c r="D168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P168" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q168" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R168" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S168" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y168" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="0" t="inlineStr">
         <is>
-          <t>839WB</t>
+          <t>3387WB</t>
         </is>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>Power Protection Solutions Ltd</t>
-[...2 lines deleted...]
-      <c r="C169" s="0"/>
+          <t>Powakaddy Europe Ltd</t>
+        </is>
+      </c>
+      <c r="C169" s="0" t="inlineStr">
+        <is>
+          <t>PowaKaddy International Ltd</t>
+        </is>
+      </c>
       <c r="D169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R169" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X169" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y169" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="0" t="inlineStr">
         <is>
-          <t>3970WB</t>
+          <t>2238WB</t>
         </is>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>Power Right Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>PowaKaddy International Ltd</t>
+        </is>
+      </c>
+      <c r="C170" s="0"/>
       <c r="D170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E170" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F170" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H170" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I170" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y170" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="0" t="inlineStr">
         <is>
-          <t>757W</t>
+          <t>1681WB</t>
         </is>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>Power Seeds, Ltd</t>
+          <t>Power and Energy Monitoring Solutions Ltd</t>
         </is>
       </c>
       <c r="C171" s="0"/>
       <c r="D171" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E171" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F171" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H171" s="0" t="inlineStr">
         <is>
@@ -21215,854 +21215,850 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N171" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O171" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P171" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q171" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R171" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S171" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T171" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U171" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V171" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y171" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="0" t="inlineStr">
         <is>
-          <t>4313WB</t>
+          <t>1530WB</t>
         </is>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>POWEROAK GmbH</t>
-[...2 lines deleted...]
-      <c r="C172" s="0"/>
+          <t>Power City Ltd</t>
+        </is>
+      </c>
+      <c r="C172" s="0" t="inlineStr">
+        <is>
+          <t>Power City</t>
+        </is>
+      </c>
       <c r="D172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E172" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y172" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="0" t="inlineStr">
         <is>
-          <t>1633WB</t>
+          <t>1790W</t>
         </is>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>Powerpoint Engineering Ltd</t>
+          <t>Power Home Products Ltd</t>
         </is>
       </c>
       <c r="C173" s="0"/>
       <c r="D173" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q173" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R173" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X173" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y173" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="0" t="inlineStr">
         <is>
-          <t>3510WB</t>
+          <t>839WB</t>
         </is>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>Poynt, LLC</t>
+          <t>Power Protection Solutions Ltd</t>
         </is>
       </c>
       <c r="C174" s="0"/>
       <c r="D174" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L174" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X174" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y174" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>2611W</t>
+          <t>3970WB</t>
         </is>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>PPG Architectural Coatings Ireland Ltd</t>
-[...2 lines deleted...]
-      <c r="C175" s="0"/>
+          <t>Power Right Ltd</t>
+        </is>
+      </c>
+      <c r="C175" s="0" t="inlineStr">
+        <is>
+          <t>Power Right Fire, Energy &amp; Security</t>
+        </is>
+      </c>
       <c r="D175" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L175" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y175" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="0" t="inlineStr">
         <is>
-          <t>2972W</t>
+          <t>757W</t>
         </is>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>PPLSS Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Power Seeds, Ltd</t>
+        </is>
+      </c>
+      <c r="C176" s="0"/>
       <c r="D176" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E176" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F176" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H176" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I176" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J176" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K176" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y176" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="0" t="inlineStr">
         <is>
-          <t>2832WB</t>
+          <t>4819WB</t>
         </is>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>Precia Molen (IRL) Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Powered Life Ltd</t>
+        </is>
+      </c>
+      <c r="C177" s="0"/>
       <c r="D177" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y177" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="0" t="inlineStr">
         <is>
-          <t>4601WB</t>
+          <t>4313WB</t>
         </is>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>PRECIOMANIA SL.</t>
-[...6 lines deleted...]
-      </c>
+          <t>POWEROAK GmbH</t>
+        </is>
+      </c>
+      <c r="C178" s="0"/>
       <c r="D178" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E178" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F178" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H178" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I178" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -22130,66 +22126,62 @@
       </c>
       <c r="V178" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W178" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X178" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y178" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="0" t="inlineStr">
         <is>
-          <t>1302WB</t>
+          <t>1633WB</t>
         </is>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>Precise Construction Instruments Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Powerpoint Engineering Ltd</t>
+        </is>
+      </c>
+      <c r="C179" s="0"/>
       <c r="D179" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E179" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F179" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H179" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I179" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -22250,506 +22242,502 @@
           <t>YES</t>
         </is>
       </c>
       <c r="U179" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V179" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W179" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X179" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y179" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="0" t="inlineStr">
         <is>
-          <t>1773W</t>
+          <t>4785WB</t>
         </is>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>Precision Catering Engineers Ltd</t>
+          <t>Powertools Ireland</t>
         </is>
       </c>
       <c r="C180" s="0"/>
       <c r="D180" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y180" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="0" t="inlineStr">
         <is>
-          <t>3587T</t>
+          <t>3510WB</t>
         </is>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>Prelude Properties Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Poynt, LLC</t>
+        </is>
+      </c>
+      <c r="C181" s="0"/>
       <c r="D181" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E181" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F181" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H181" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L181" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M181" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y181" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="0" t="inlineStr">
         <is>
-          <t>1422B</t>
+          <t>2611W</t>
         </is>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>Premco Distributors Ltd</t>
+          <t>PPG Architectural Coatings Ireland Ltd</t>
         </is>
       </c>
       <c r="C182" s="0"/>
       <c r="D182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O182" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V182" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W182" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X182" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y182" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="0" t="inlineStr">
         <is>
-          <t>1624WB</t>
+          <t>2972W</t>
         </is>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>Premier Farnell (UK) Ltd</t>
+          <t>PPLSS Ltd</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
-          <t>CPC</t>
+          <t>Future Security</t>
         </is>
       </c>
       <c r="D183" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E183" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F183" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H183" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I183" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J183" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K183" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P183" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -22757,429 +22745,437 @@
       </c>
       <c r="V183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y183" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="0" t="inlineStr">
         <is>
-          <t>3456B</t>
+          <t>2832WB</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>Premier Hi Spec Cars Ltd</t>
-[...2 lines deleted...]
-      <c r="C184" s="0"/>
+          <t>Precia Molen (IRL) Ltd</t>
+        </is>
+      </c>
+      <c r="C184" s="0" t="inlineStr">
+        <is>
+          <t>Nova Weigh</t>
+        </is>
+      </c>
       <c r="D184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E184" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F184" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H184" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V184" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y184" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="0" t="inlineStr">
         <is>
-          <t>3791WB</t>
+          <t>4601WB</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>Premier Medical Ltd</t>
+          <t>PRECIOMANIA SL.</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
-          <t>Premier Surgical</t>
+          <t>PRECIOMANIA</t>
         </is>
       </c>
       <c r="D185" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E185" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K185" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y185" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="0" t="inlineStr">
         <is>
-          <t>2675T</t>
+          <t>1302WB</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>Premier Tyres &amp; Accessories Ltd</t>
-[...2 lines deleted...]
-      <c r="C186" s="0"/>
+          <t>Precise Construction Instruments Ltd</t>
+        </is>
+      </c>
+      <c r="C186" s="0" t="inlineStr">
+        <is>
+          <t>Korec</t>
+        </is>
+      </c>
       <c r="D186" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E186" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L186" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M186" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N186" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O186" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P186" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q186" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R186" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S186" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T186" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U186" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V186" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W186" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X186" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y186" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="0" t="inlineStr">
         <is>
-          <t>661W</t>
+          <t>1773W</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>Premium Power Ltd</t>
+          <t>Precision Catering Engineers Ltd</t>
         </is>
       </c>
       <c r="C187" s="0"/>
       <c r="D187" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E187" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F187" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H187" s="0" t="inlineStr">
         <is>
@@ -23253,183 +23249,183 @@
       </c>
       <c r="V187" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W187" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X187" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y187" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="0" t="inlineStr">
         <is>
-          <t>2979W</t>
+          <t>3587T</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>Premium Waxing Supplies</t>
+          <t>Prelude Properties Ltd</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
-          <t>ITR</t>
+          <t>Castle Street Tyres</t>
         </is>
       </c>
       <c r="D188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F188" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H188" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K188" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L188" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M188" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y188" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="0" t="inlineStr">
         <is>
-          <t>1834W</t>
+          <t>1422B</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>Preslite (IRL) Distribution</t>
+          <t>Premco Distributors Ltd</t>
         </is>
       </c>
       <c r="C189" s="0"/>
       <c r="D189" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E189" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F189" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H189" s="0" t="inlineStr">
         <is>
@@ -23451,119 +23447,123 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L189" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M189" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N189" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O189" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P189" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q189" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R189" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S189" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T189" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U189" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V189" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W189" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X189" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y189" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="0" t="inlineStr">
         <is>
-          <t>1980WB</t>
+          <t>1624WB</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>Preslite Distribution Ltd</t>
-[...2 lines deleted...]
-      <c r="C190" s="0"/>
+          <t>Premier Farnell (UK) Ltd</t>
+        </is>
+      </c>
+      <c r="C190" s="0" t="inlineStr">
+        <is>
+          <t>CPC</t>
+        </is>
+      </c>
       <c r="D190" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E190" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F190" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H190" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I190" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J190" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -23626,228 +23626,224 @@
       </c>
       <c r="V190" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W190" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X190" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y190" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="0" t="inlineStr">
         <is>
-          <t>2914WB</t>
+          <t>3456B</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>Prestige Detection Systems Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Premier Hi Spec Cars Ltd</t>
+        </is>
+      </c>
+      <c r="C191" s="0"/>
       <c r="D191" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q191" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V191" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y191" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>3838WB</t>
+          <t>3791WB</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>Prestige Nails Ltd</t>
+          <t>Premier Medical Ltd</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
-          <t>Prestige Nails</t>
+          <t>Premier Surgical</t>
         </is>
       </c>
       <c r="D192" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F192" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H192" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I192" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J192" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K192" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -23880,189 +23876,185 @@
       </c>
       <c r="V192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y192" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>729W</t>
+          <t>2675T</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>PRF Ltd</t>
+          <t>Premier Tyres &amp; Accessories Ltd</t>
         </is>
       </c>
       <c r="C193" s="0"/>
       <c r="D193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S193" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y193" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="0" t="inlineStr">
         <is>
-          <t>266WB</t>
+          <t>661W</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>Primacy Healthcare 21 Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Premium Power Ltd</t>
+        </is>
+      </c>
+      <c r="C194" s="0"/>
       <c r="D194" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -24130,596 +24122,596 @@
       </c>
       <c r="V194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y194" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>334WB</t>
+          <t>2979W</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>Primark Ltd</t>
+          <t>Premium Waxing Supplies</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
-          <t>Penneys</t>
+          <t>ITR</t>
         </is>
       </c>
       <c r="D195" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H195" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I195" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J195" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K195" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y195" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="0" t="inlineStr">
         <is>
-          <t>3652B</t>
+          <t>1834W</t>
         </is>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>Prime Automotive Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Preslite (IRL) Distribution</t>
+        </is>
+      </c>
+      <c r="C196" s="0"/>
       <c r="D196" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E196" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F196" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H196" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I196" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J196" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K196" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L196" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M196" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N196" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O196" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P196" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q196" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R196" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S196" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T196" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U196" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V196" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y196" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="0" t="inlineStr">
         <is>
-          <t>4681B</t>
+          <t>1980WB</t>
         </is>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>PrimeBlox</t>
+          <t>Preslite Distribution Ltd</t>
         </is>
       </c>
       <c r="C197" s="0"/>
       <c r="D197" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y197" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="0" t="inlineStr">
         <is>
-          <t>2626WB</t>
+          <t>2914WB</t>
         </is>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>Primeline Logistics Unlimited Company</t>
+          <t>Prestige Detection Systems Ltd</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
-          <t>Primeline Jaymark Sales &amp; Marketing LTD</t>
+          <t>PDSL</t>
         </is>
       </c>
       <c r="D198" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E198" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F198" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H198" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I198" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J198" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L198" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q198" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y198" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="0" t="inlineStr">
         <is>
-          <t>3147W</t>
+          <t>3838WB</t>
         </is>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>Primera Technology, Inc.</t>
-[...2 lines deleted...]
-      <c r="C199" s="0"/>
+          <t>Prestige Nails Ltd</t>
+        </is>
+      </c>
+      <c r="C199" s="0" t="inlineStr">
+        <is>
+          <t>Prestige Nails</t>
+        </is>
+      </c>
       <c r="D199" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E199" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F199" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J199" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K199" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L199" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M199" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N199" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O199" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -24757,599 +24749,611 @@
       </c>
       <c r="V199" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W199" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X199" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y199" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="0" t="inlineStr">
         <is>
-          <t>2820WB</t>
+          <t>729W</t>
         </is>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>Princess Cruises Ltd</t>
+          <t>PRF Ltd</t>
         </is>
       </c>
       <c r="C200" s="0"/>
       <c r="D200" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K200" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y200" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="0" t="inlineStr">
         <is>
-          <t>1667B</t>
+          <t>266WB</t>
         </is>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>Priory Cycle &amp; Motorcycle Manufacturing Company Ltd</t>
-[...2 lines deleted...]
-      <c r="C201" s="0"/>
+          <t>Primacy Healthcare 21 Ltd</t>
+        </is>
+      </c>
+      <c r="C201" s="0" t="inlineStr">
+        <is>
+          <t>Healthcare 21</t>
+        </is>
+      </c>
       <c r="D201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M201" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N201" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O201" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P201" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q201" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R201" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S201" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T201" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U201" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V201" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y201" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="0" t="inlineStr">
         <is>
-          <t>1173WB</t>
+          <t>334WB</t>
         </is>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>Prism Lighting Ltd</t>
-[...2 lines deleted...]
-      <c r="C202" s="0"/>
+          <t>Primark Ltd</t>
+        </is>
+      </c>
+      <c r="C202" s="0" t="inlineStr">
+        <is>
+          <t>Penneys</t>
+        </is>
+      </c>
       <c r="D202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M202" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V202" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y202" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="0" t="inlineStr">
         <is>
-          <t>1520WB</t>
+          <t>3652B</t>
         </is>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>Prisma Digital Ltd</t>
-[...2 lines deleted...]
-      <c r="C203" s="0"/>
+          <t>Prime Automotive Ltd</t>
+        </is>
+      </c>
+      <c r="C203" s="0" t="inlineStr">
+        <is>
+          <t>Newgate Motor Group</t>
+        </is>
+      </c>
       <c r="D203" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E203" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F203" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S203" s="0" t="inlineStr">
         <is>
-          <t>Dissolved</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T203" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U203" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V203" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y203" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="0" t="inlineStr">
         <is>
-          <t>2305T</t>
+          <t>4681WB</t>
         </is>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>Pro Tyre Ltd</t>
+          <t>PrimeBlox</t>
         </is>
       </c>
       <c r="C204" s="0"/>
       <c r="D204" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M204" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N204" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O204" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P204" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q204" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R204" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -25372,999 +25376,987 @@
       </c>
       <c r="V204" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W204" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X204" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y204" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="0" t="inlineStr">
         <is>
-          <t>858WB</t>
+          <t>2626WB</t>
         </is>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>Procter &amp; Gamble (L&amp;CP) Ltd</t>
+          <t>Primeline Logistics Unlimited Company</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
-          <t>Procter &amp; Gamble Ireland</t>
+          <t>Primeline Jaymark Sales &amp; Marketing LTD</t>
         </is>
       </c>
       <c r="D205" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L205" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y205" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="0" t="inlineStr">
         <is>
-          <t>553WB</t>
+          <t>3147W</t>
         </is>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>Prodent Unlimited Company</t>
-[...6 lines deleted...]
-      </c>
+          <t>Primera Technology, Inc.</t>
+        </is>
+      </c>
+      <c r="C206" s="0"/>
       <c r="D206" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J206" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y206" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="0" t="inlineStr">
         <is>
-          <t>678WB</t>
+          <t>2820WB</t>
         </is>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>Production Equipment Unlimited Company</t>
+          <t>Princess Cruises Ltd</t>
         </is>
       </c>
       <c r="C207" s="0"/>
       <c r="D207" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K207" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y207" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="0" t="inlineStr">
         <is>
-          <t>515WB</t>
+          <t>1667B</t>
         </is>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>Professional Audio Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Priory Cycle &amp; Motorcycle Manufacturing Company Ltd</t>
+        </is>
+      </c>
+      <c r="C208" s="0"/>
       <c r="D208" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V208" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y208" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="0" t="inlineStr">
         <is>
-          <t>416WB</t>
+          <t>1173WB</t>
         </is>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>Profile Emergency Lighting Ltd</t>
+          <t>Prism Lighting Ltd</t>
         </is>
       </c>
       <c r="C209" s="0"/>
       <c r="D209" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V209" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y209" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="0" t="inlineStr">
         <is>
-          <t>671W</t>
+          <t>1520WB</t>
         </is>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>Progress Electroplating &amp; Manufacturing Co. Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Prisma Digital Ltd</t>
+        </is>
+      </c>
+      <c r="C210" s="0"/>
       <c r="D210" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="H210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="I210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="J210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="K210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="L210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="M210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="N210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="O210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="P210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="Q210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="R210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="S210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Dissolved</t>
         </is>
       </c>
       <c r="T210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y210" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="0" t="inlineStr">
         <is>
-          <t>2039W</t>
+          <t>4731B</t>
         </is>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>Progress Software Technologies Ltd</t>
+          <t>Pro Trade Solutions EOOD</t>
         </is>
       </c>
       <c r="C211" s="0"/>
       <c r="D211" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T211" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U211" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V211" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W211" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X211" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y211" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="0" t="inlineStr">
         <is>
-          <t>3462WB</t>
+          <t>2305T</t>
         </is>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>Promethean Ltd</t>
+          <t>Pro Tyre Ltd</t>
         </is>
       </c>
       <c r="C212" s="0"/>
       <c r="D212" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E212" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F212" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H212" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P212" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q212" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R212" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S212" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T212" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U212" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -26372,220 +26364,228 @@
       </c>
       <c r="V212" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W212" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X212" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y212" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="0" t="inlineStr">
         <is>
-          <t>2200WB</t>
+          <t>858WB</t>
         </is>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>Prosoft</t>
-[...2 lines deleted...]
-      <c r="C213" s="0"/>
+          <t>Procter &amp; Gamble (L&amp;CP) Ltd</t>
+        </is>
+      </c>
+      <c r="C213" s="0" t="inlineStr">
+        <is>
+          <t>Procter &amp; Gamble Ireland</t>
+        </is>
+      </c>
       <c r="D213" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E213" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F213" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H213" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I213" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J213" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K213" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M213" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y213" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="0" t="inlineStr">
         <is>
-          <t>1965WB</t>
+          <t>553WB</t>
         </is>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>Prospect Network Services Ltd</t>
-[...2 lines deleted...]
-      <c r="C214" s="0"/>
+          <t>Prodent Unlimited Company</t>
+        </is>
+      </c>
+      <c r="C214" s="0" t="inlineStr">
+        <is>
+          <t>Promed</t>
+        </is>
+      </c>
       <c r="D214" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E214" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F214" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H214" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I214" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J214" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K214" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -26596,206 +26596,206 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U214" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y214" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="0" t="inlineStr">
         <is>
-          <t>911W</t>
+          <t>678WB</t>
         </is>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>Protim Abrasives Ltd</t>
+          <t>Production Equipment Unlimited Company</t>
         </is>
       </c>
       <c r="C215" s="0"/>
       <c r="D215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T215" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U215" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V215" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W215" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X215" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y215" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="0" t="inlineStr">
         <is>
-          <t>2713T</t>
+          <t>515WB</t>
         </is>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>PS3527 Garage Ltd</t>
+          <t>Professional Audio Ltd</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
-          <t>O'Sheas Tyre &amp; Battery Centre</t>
+          <t>Roland Ireland/ Sennhaser Ireland</t>
         </is>
       </c>
       <c r="D216" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -26806,1096 +26806,2465 @@
           <t>YES</t>
         </is>
       </c>
       <c r="J216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M216" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y216" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="0" t="inlineStr">
         <is>
-          <t>115W</t>
+          <t>416WB</t>
         </is>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>PSE Power Systems/ Pat Smith Engineering Ltd</t>
+          <t>Profile Emergency Lighting Ltd</t>
         </is>
       </c>
       <c r="C217" s="0"/>
       <c r="D217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X217" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y217" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="0" t="inlineStr">
         <is>
-          <t>2725WB</t>
+          <t>671W</t>
         </is>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>PTRS Ltd</t>
-[...2 lines deleted...]
-      <c r="C218" s="0"/>
+          <t>Progress Electroplating &amp; Manufacturing Co. Ltd</t>
+        </is>
+      </c>
+      <c r="C218" s="0" t="inlineStr">
+        <is>
+          <t>PEMCO</t>
+        </is>
+      </c>
       <c r="D218" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L218" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y218" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="0" t="inlineStr">
         <is>
-          <t>3437T</t>
+          <t>2039W</t>
         </is>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>PTS Motorbikes Ltd</t>
+          <t>Progress Software Technologies Ltd</t>
         </is>
       </c>
       <c r="C219" s="0"/>
       <c r="D219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I219" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J219" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K219" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L219" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M219" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y219" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="0" t="inlineStr">
         <is>
-          <t>3795W</t>
+          <t>3462WB</t>
         </is>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>Puma Social Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Promethean Ltd</t>
+        </is>
+      </c>
+      <c r="C220" s="0"/>
       <c r="D220" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F220" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I220" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J220" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K220" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L220" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M220" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N220" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O220" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P220" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y220" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="0" t="inlineStr">
         <is>
-          <t>2068W</t>
+          <t>4766WB</t>
         </is>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>Puma UK</t>
+          <t>PROMiXX Limited</t>
         </is>
       </c>
       <c r="C221" s="0"/>
       <c r="D221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N221" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O221" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y221" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="0" t="inlineStr">
         <is>
-          <t>2189WB</t>
+          <t>4848B</t>
         </is>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>Pure Storage International Ltd</t>
-[...2 lines deleted...]
-      <c r="C222" s="0"/>
+          <t>Prooral Health Technology (Shenzhen) Ltd.</t>
+        </is>
+      </c>
+      <c r="C222" s="0" t="inlineStr">
+        <is>
+          <t>Prooral Health Technology (Shenzhen) Ltd.</t>
+        </is>
+      </c>
       <c r="D222" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O222" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P222" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q222" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R222" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S222" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T222" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U222" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V222" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W222" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X222" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y222" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="0" t="inlineStr">
         <is>
-          <t>1844WB</t>
+          <t>2200WB</t>
         </is>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>Purmo Group Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Prosoft</t>
+        </is>
+      </c>
+      <c r="C223" s="0"/>
       <c r="D223" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E223" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F223" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M223" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V223" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W223" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X223" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y223" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="0" t="inlineStr">
         <is>
-          <t>1298W</t>
+          <t>1965WB</t>
         </is>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>PWS Celbridge Ltd</t>
+          <t>Prospect Network Services Ltd</t>
         </is>
       </c>
       <c r="C224" s="0"/>
       <c r="D224" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E224" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F224" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H224" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I224" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J224" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K224" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L224" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M224" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N224" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O224" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P224" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q224" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R224" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S224" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T224" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U224" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X224" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y224" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="0" t="inlineStr">
+        <is>
+          <t>911W</t>
+        </is>
+      </c>
+      <c r="B225" s="0" t="inlineStr">
+        <is>
+          <t>Protim Abrasives Ltd</t>
+        </is>
+      </c>
+      <c r="C225" s="0"/>
+      <c r="D225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="R225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="S225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="T225" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="U225" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V225" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W225" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="X225" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y225" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="0" t="inlineStr">
+        <is>
+          <t>2713T</t>
+        </is>
+      </c>
+      <c r="B226" s="0" t="inlineStr">
+        <is>
+          <t>PS3527 Garage Ltd</t>
+        </is>
+      </c>
+      <c r="C226" s="0" t="inlineStr">
+        <is>
+          <t>O'Sheas Tyre &amp; Battery Centre</t>
+        </is>
+      </c>
+      <c r="D226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E226" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F226" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G226" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H226" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I226" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J226" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K226" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L226" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M226" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="O226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="P226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Q226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="R226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="S226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="T226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="U226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="V226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="W226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y226" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="0" t="inlineStr">
+        <is>
+          <t>115W</t>
+        </is>
+      </c>
+      <c r="B227" s="0" t="inlineStr">
+        <is>
+          <t>PSE Power Systems/ Pat Smith Engineering Ltd</t>
+        </is>
+      </c>
+      <c r="C227" s="0"/>
+      <c r="D227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="R227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="S227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="T227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="U227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="V227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="W227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="X227" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y227" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="0" t="inlineStr">
+        <is>
+          <t>2725WB</t>
+        </is>
+      </c>
+      <c r="B228" s="0" t="inlineStr">
+        <is>
+          <t>PTRS Ltd</t>
+        </is>
+      </c>
+      <c r="C228" s="0"/>
+      <c r="D228" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E228" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F228" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G228" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H228" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I228" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J228" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K228" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L228" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y228" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="0" t="inlineStr">
+        <is>
+          <t>3437T</t>
+        </is>
+      </c>
+      <c r="B229" s="0" t="inlineStr">
+        <is>
+          <t>PTS Motorbikes Ltd</t>
+        </is>
+      </c>
+      <c r="C229" s="0"/>
+      <c r="D229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E229" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F229" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G229" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H229" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I229" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J229" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K229" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L229" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M229" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="O229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="P229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Q229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="R229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="S229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="T229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="U229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="V229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="W229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y229" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="0" t="inlineStr">
+        <is>
+          <t>3795W</t>
+        </is>
+      </c>
+      <c r="B230" s="0" t="inlineStr">
+        <is>
+          <t>Puma Social Ltd</t>
+        </is>
+      </c>
+      <c r="C230" s="0" t="inlineStr">
+        <is>
+          <t>EVHACS</t>
+        </is>
+      </c>
+      <c r="D230" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="E230" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F230" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y230" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="0" t="inlineStr">
+        <is>
+          <t>2068W</t>
+        </is>
+      </c>
+      <c r="B231" s="0" t="inlineStr">
+        <is>
+          <t>Puma UK</t>
+        </is>
+      </c>
+      <c r="C231" s="0"/>
+      <c r="D231" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E231" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F231" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G231" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H231" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I231" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J231" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K231" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L231" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M231" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N231" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O231" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P231" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q231" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R231" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S231" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T231" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U231" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V231" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W231" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X231" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y231" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="0" t="inlineStr">
+        <is>
+          <t>4813WB</t>
+        </is>
+      </c>
+      <c r="B232" s="0" t="inlineStr">
+        <is>
+          <t>PURE REALM LIMITED LIABILITY COMPANY</t>
+        </is>
+      </c>
+      <c r="C232" s="0" t="inlineStr">
+        <is>
+          <t>GMKtec</t>
+        </is>
+      </c>
+      <c r="D232" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="E232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="F232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="G232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="H232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="I232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="J232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="K232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="L232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="M232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="N232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="O232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="P232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Q232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="R232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="S232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="T232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="U232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="V232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="W232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y232" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="0" t="inlineStr">
+        <is>
+          <t>2189WB</t>
+        </is>
+      </c>
+      <c r="B233" s="0" t="inlineStr">
+        <is>
+          <t>Pure Storage International Ltd</t>
+        </is>
+      </c>
+      <c r="C233" s="0"/>
+      <c r="D233" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="E233" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F233" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G233" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H233" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I233" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J233" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K233" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L233" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M233" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N233" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O233" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P233" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q233" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R233" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S233" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T233" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U233" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V233" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W233" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X233" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y233" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="0" t="inlineStr">
+        <is>
+          <t>1844WB</t>
+        </is>
+      </c>
+      <c r="B234" s="0" t="inlineStr">
+        <is>
+          <t>Purmo Group Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C234" s="0" t="inlineStr">
+        <is>
+          <t>Mysom</t>
+        </is>
+      </c>
+      <c r="D234" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E234" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F234" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G234" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="S234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="T234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V234" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W234" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X234" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y234" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="0" t="inlineStr">
+        <is>
+          <t>1298W</t>
+        </is>
+      </c>
+      <c r="B235" s="0" t="inlineStr">
+        <is>
+          <t>PWS Celbridge Ltd</t>
+        </is>
+      </c>
+      <c r="C235" s="0"/>
+      <c r="D235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="N235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="O235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="P235" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q235" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R235" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="S235" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="T235" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U235" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V235" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W235" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="X235" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y235" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">