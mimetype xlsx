--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -107,51 +107,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:X89"/>
+  <dimension ref="A1:X93"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Reg No.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Company Name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Trading As</t>
         </is>
       </c>
@@ -2930,357 +2930,353 @@
       </c>
       <c r="U24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>664WB</t>
+          <t>4571WB</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>Velux Company Ltd</t>
+          <t>Velocitee Golf</t>
         </is>
       </c>
       <c r="C25" s="0"/>
       <c r="D25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>892WB</t>
+          <t>4571W</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Vendek Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Velocitee Golf</t>
+        </is>
+      </c>
+      <c r="C26" s="0"/>
       <c r="D26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>1529W</t>
+          <t>664WB</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>Ventac &amp; Company Ltd</t>
+          <t>Velux Company Ltd</t>
         </is>
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3288,59 +3284,63 @@
       </c>
       <c r="U27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>589WB</t>
+          <t>892WB</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Ventilux Ltd</t>
-[...2 lines deleted...]
-      <c r="C28" s="0"/>
+          <t>Vendek Ltd</t>
+        </is>
+      </c>
+      <c r="C28" s="0" t="inlineStr">
+        <is>
+          <t>Powerline</t>
+        </is>
+      </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
@@ -3406,532 +3406,532 @@
       </c>
       <c r="U28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>1234W</t>
+          <t>1529W</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Venutra Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ventac &amp; Company Ltd</t>
+        </is>
+      </c>
+      <c r="C29" s="0"/>
       <c r="D29" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>1988WB</t>
+          <t>4640WB</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>Veolia Water Technologies &amp; Solutions Ireland Ltd</t>
+          <t>Ventchoice Limited</t>
         </is>
       </c>
       <c r="C30" s="0"/>
       <c r="D30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>1391B</t>
+          <t>589WB</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Verde Autos</t>
+          <t>Ventilux Ltd</t>
         </is>
       </c>
       <c r="C31" s="0"/>
       <c r="D31" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T31" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U31" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>1951WB</t>
+          <t>1234W</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>Verde LED Ltd</t>
-[...2 lines deleted...]
-      <c r="C32" s="0"/>
+          <t>Venutra Ltd</t>
+        </is>
+      </c>
+      <c r="C32" s="0" t="inlineStr">
+        <is>
+          <t>Brady Catering</t>
+        </is>
+      </c>
       <c r="D32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>2131WB</t>
+          <t>1988WB</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Veritas Storage (Ireland) Ltd</t>
+          <t>Veolia Water Technologies &amp; Solutions Ireland Ltd</t>
         </is>
       </c>
       <c r="C33" s="0"/>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
@@ -3943,56 +3943,56 @@
           <t>YES</t>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -4000,174 +4000,174 @@
       </c>
       <c r="U33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>3677WB</t>
+          <t>1391B</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Verizon Connect Ireland Ltd</t>
+          <t>Verde Autos</t>
         </is>
       </c>
       <c r="C34" s="0"/>
       <c r="D34" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="U34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="V34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X34" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>954W</t>
+          <t>1951WB</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>Verizon Ireland Ltd</t>
+          <t>Verde LED Ltd</t>
         </is>
       </c>
       <c r="C35" s="0"/>
       <c r="D35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
@@ -4189,159 +4189,159 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>2116W</t>
+          <t>3677WB</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Vero Coffee Co. Ltd</t>
+          <t>Verizon Connect Ireland Ltd</t>
         </is>
       </c>
       <c r="C36" s="0"/>
       <c r="D36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N36" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -4354,82 +4354,82 @@
       </c>
       <c r="U36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>199WB</t>
+          <t>954W</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Vertiv International DAC</t>
+          <t>Verizon Ireland Ltd</t>
         </is>
       </c>
       <c r="C37" s="0"/>
       <c r="D37" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4472,63 +4472,59 @@
       </c>
       <c r="U37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>1627WB</t>
+          <t>2116W</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Vertiv Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vero Coffee Co. Ltd</t>
+        </is>
+      </c>
+      <c r="C38" s="0"/>
       <c r="D38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
@@ -4542,144 +4538,144 @@
           <t>YES</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O38" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P38" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q38" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R38" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S38" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T38" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U38" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V38" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W38" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X38" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>1704B</t>
+          <t>199WB</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Vestas Ireland Ltd</t>
+          <t>Vertiv International DAC</t>
         </is>
       </c>
       <c r="C39" s="0"/>
       <c r="D39" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N39" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O39" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4695,846 +4691,850 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R39" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S39" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T39" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U39" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X39" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>2705WB</t>
+          <t>1627WB</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Vestel Germany GmbH</t>
-[...2 lines deleted...]
-      <c r="C40" s="0"/>
+          <t>Vertiv Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C40" s="0" t="inlineStr">
+        <is>
+          <t>Chloride Power</t>
+        </is>
+      </c>
       <c r="D40" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U40" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V40" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W40" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X40" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>3622WB</t>
+          <t>1704B</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Vestel Holland B.V.</t>
+          <t>Vestas Ireland Ltd</t>
         </is>
       </c>
       <c r="C41" s="0"/>
       <c r="D41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O41" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U41" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>4157WB</t>
+          <t>2705WB</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>VESYNC (UK) Ltd</t>
+          <t>Vestel Germany GmbH</t>
         </is>
       </c>
       <c r="C42" s="0"/>
       <c r="D42" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X42" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>3740WB</t>
+          <t>3622WB</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Vetequip Ltd</t>
+          <t>Vestel Holland B.V.</t>
         </is>
       </c>
       <c r="C43" s="0"/>
       <c r="D43" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J43" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N43" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O43" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>3298W</t>
+          <t>4157WB</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>VGP Media Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>VESYNC (UK) Ltd</t>
+        </is>
+      </c>
+      <c r="C44" s="0"/>
       <c r="D44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X44" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>1718WB</t>
+          <t>3740WB</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Vibrance Ltd</t>
+          <t>Vetequip Ltd</t>
         </is>
       </c>
       <c r="C45" s="0"/>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R45" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>3922W</t>
+          <t>3298W</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>VICI AG</t>
-[...2 lines deleted...]
-      <c r="C46" s="0"/>
+          <t>VGP Media Ltd</t>
+        </is>
+      </c>
+      <c r="C46" s="0" t="inlineStr">
+        <is>
+          <t>VideoGamePerfection.com</t>
+        </is>
+      </c>
       <c r="D46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -5542,205 +5542,205 @@
       </c>
       <c r="U46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>2101WB</t>
+          <t>1718WB</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Vico Electronics Ltd</t>
+          <t>Vibrance Ltd</t>
         </is>
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S47" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T47" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U47" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V47" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W47" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X47" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>1979W</t>
+          <t>3922W</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>Victoria Crystal Ltd</t>
+          <t>VICI AG</t>
         </is>
       </c>
       <c r="C48" s="0"/>
       <c r="D48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N48" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -5778,112 +5778,112 @@
       </c>
       <c r="U48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>3993WB</t>
+          <t>2101WB</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Vida Electronics</t>
+          <t>Vico Electronics Ltd</t>
         </is>
       </c>
       <c r="C49" s="0"/>
       <c r="D49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N49" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -5896,205 +5896,205 @@
       </c>
       <c r="U49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>3719W</t>
+          <t>1979W</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>VidaBox, LLC</t>
+          <t>Victoria Crystal Ltd</t>
         </is>
       </c>
       <c r="C50" s="0"/>
       <c r="D50" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X50" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>3406WB</t>
+          <t>3993WB</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>VidaXL International BV</t>
+          <t>Vida Electronics</t>
         </is>
       </c>
       <c r="C51" s="0"/>
       <c r="D51" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -6132,1855 +6132,1855 @@
       </c>
       <c r="U51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>838W</t>
+          <t>4652WB</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Videnda Distribution Ltd</t>
-[...2 lines deleted...]
-      <c r="C52" s="0"/>
+          <t>Vida&amp;Cosas</t>
+        </is>
+      </c>
+      <c r="C52" s="0" t="inlineStr">
+        <is>
+          <t>78819219J</t>
+        </is>
+      </c>
       <c r="D52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X52" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>3718WB</t>
+          <t>3719W</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Vieffe Trade Srl</t>
+          <t>VidaBox, LLC</t>
         </is>
       </c>
       <c r="C53" s="0"/>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X53" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>488W</t>
+          <t>3406WB</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>VIKING COMPONENTS IRELAND LTD</t>
+          <t>VidaXL International BV</t>
         </is>
       </c>
       <c r="C54" s="0"/>
       <c r="D54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W54" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>3465WB</t>
+          <t>838W</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Viking Direct (Ireland) Ltd</t>
+          <t>Videnda Distribution Ltd</t>
         </is>
       </c>
       <c r="C55" s="0"/>
       <c r="D55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O55" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P55" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q55" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R55" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S55" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T55" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U55" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V55" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W55" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X55" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>293WB</t>
+          <t>3718WB</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Viking Direct (Ireland) Ltd</t>
+          <t>Vieffe Trade Srl</t>
         </is>
       </c>
       <c r="C56" s="0"/>
       <c r="D56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>2248T</t>
+          <t>488W</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>Village Tyres</t>
+          <t>VIKING COMPONENTS IRELAND LTD</t>
         </is>
       </c>
       <c r="C57" s="0"/>
       <c r="D57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X57" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>1998W</t>
+          <t>3465WB</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Vinny Byrne Ltd</t>
+          <t>Viking Direct (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C58" s="0"/>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>4429B</t>
+          <t>293WB</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>vinstar technology limited</t>
+          <t>Viking Direct (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C59" s="0"/>
       <c r="D59" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>1502W</t>
+          <t>2248T</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Vintero Ltd</t>
+          <t>Village Tyres</t>
         </is>
       </c>
       <c r="C60" s="0"/>
       <c r="D60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X60" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>4234B</t>
+          <t>1998W</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>VIOVAS RESOURCE S.R.L.</t>
+          <t>Vinny Byrne Ltd</t>
         </is>
       </c>
       <c r="C61" s="0"/>
       <c r="D61" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X61" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>1960WB</t>
+          <t>4429B</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>VIP E-Cig Ireland Ltd</t>
+          <t>vinstar technology limited</t>
         </is>
       </c>
       <c r="C62" s="0"/>
       <c r="D62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P62" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X62" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>1037WB</t>
+          <t>4633WB</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Virgin Media Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vintage Visions Shift &amp; Style</t>
+        </is>
+      </c>
+      <c r="C63" s="0"/>
       <c r="D63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W63" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>2868WB</t>
+          <t>1502W</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Vision RT Ltd</t>
+          <t>Vintero Ltd</t>
         </is>
       </c>
       <c r="C64" s="0"/>
       <c r="D64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X64" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>1426WB</t>
+          <t>4234B</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>VisionID Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>VIOVAS RESOURCE S.R.L.</t>
+        </is>
+      </c>
+      <c r="C65" s="0"/>
       <c r="D65" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>1848WB</t>
+          <t>1960WB</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Vistaprint BV</t>
+          <t>VIP E-Cig Ireland Ltd</t>
         </is>
       </c>
       <c r="C66" s="0"/>
       <c r="D66" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N66" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O66" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P66" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X66" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>959W</t>
+          <t>1037WB</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Vita-Mix Europe Ltd</t>
-[...2 lines deleted...]
-      <c r="C67" s="0"/>
+          <t>Virgin Media Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C67" s="0" t="inlineStr">
+        <is>
+          <t>Chorus NTL</t>
+        </is>
+      </c>
       <c r="D67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -8016,191 +8016,191 @@
           <t>YES</t>
         </is>
       </c>
       <c r="S67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>1155W</t>
+          <t>2868WB</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Vitalograph (Ireland) Ltd</t>
+          <t>Vision RT Ltd</t>
         </is>
       </c>
       <c r="C68" s="0"/>
       <c r="D68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>2555BT</t>
+          <t>1426WB</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>Vitold Investments Unlimited Company</t>
+          <t>VisionID Ltd</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>Harris Hino</t>
+          <t>Peak Technologies</t>
         </is>
       </c>
       <c r="D69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -8251,825 +8251,829 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X69" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>3687WB</t>
+          <t>1848WB</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Viva Payment Services S.A</t>
+          <t>Vistaprint BV</t>
         </is>
       </c>
       <c r="C70" s="0"/>
       <c r="D70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X70" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>3800WB</t>
+          <t>959W</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>VMWARE International Unlimited Company</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vita-Mix Europe Ltd</t>
+        </is>
+      </c>
+      <c r="C71" s="0"/>
       <c r="D71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>3217WB</t>
+          <t>1155W</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Vocera Communications Inc.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vitalograph (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C72" s="0"/>
       <c r="D72" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>3868W</t>
+          <t>2555BT</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Voduz Ltd</t>
-[...2 lines deleted...]
-      <c r="C73" s="0"/>
+          <t>Vitold Investments Unlimited Company</t>
+        </is>
+      </c>
+      <c r="C73" s="0" t="inlineStr">
+        <is>
+          <t>Harris Hino</t>
+        </is>
+      </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X73" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>1710W</t>
+          <t>3687WB</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Voice Engineer Ireland Ltd</t>
+          <t>Viva Payment Services S.A</t>
         </is>
       </c>
       <c r="C74" s="0"/>
       <c r="D74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>1518WB</t>
+          <t>3800WB</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>VoipSupply and MobileSupply</t>
-[...2 lines deleted...]
-      <c r="C75" s="0"/>
+          <t>VMWARE International Unlimited Company</t>
+        </is>
+      </c>
+      <c r="C75" s="0" t="inlineStr">
+        <is>
+          <t>VMWARE</t>
+        </is>
+      </c>
       <c r="D75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>3390WB</t>
+          <t>3217WB</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Vokera (Ireland) Ltd</t>
-[...2 lines deleted...]
-      <c r="C76" s="0"/>
+          <t>Vocera Communications Inc.</t>
+        </is>
+      </c>
+      <c r="C76" s="0" t="inlineStr">
+        <is>
+          <t>Vocera</t>
+        </is>
+      </c>
       <c r="D76" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -9102,56 +9106,56 @@
       </c>
       <c r="U76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X76" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>2993W</t>
+          <t>3868W</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Volkswagen Group Charging GmbH</t>
+          <t>Voduz Ltd</t>
         </is>
       </c>
       <c r="C77" s="0"/>
       <c r="D77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
@@ -9173,103 +9177,103 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N77" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O77" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>1196WBT</t>
+          <t>1710W</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Volkswagen Group Ireland Ltd</t>
+          <t>Voice Engineer Ireland Ltd</t>
         </is>
       </c>
       <c r="C78" s="0"/>
       <c r="D78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
@@ -9306,271 +9310,267 @@
           <t>YES</t>
         </is>
       </c>
       <c r="O78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V78" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W78" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X78" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>1253BT</t>
+          <t>1518WB</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>Volvo Car Ireland Ltd</t>
+          <t>VoipSupply and MobileSupply</t>
         </is>
       </c>
       <c r="C79" s="0"/>
       <c r="D79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V79" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W79" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X79" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>1691WB</t>
+          <t>3390WB</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Vorwerk UK Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vokera (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C80" s="0"/>
       <c r="D80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -9578,174 +9578,174 @@
       </c>
       <c r="U80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>3827WB</t>
+          <t>2993W</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>VOSS GmbH &amp; Co. KG</t>
+          <t>Volkswagen Group Charging GmbH</t>
         </is>
       </c>
       <c r="C81" s="0"/>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>1321WB</t>
+          <t>1196WBT</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Vow Europe Ltd</t>
+          <t>Volkswagen Group Ireland Ltd</t>
         </is>
       </c>
       <c r="C82" s="0"/>
       <c r="D82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
@@ -9792,325 +9792,329 @@
           <t>YES</t>
         </is>
       </c>
       <c r="Q82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U82" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>769WB</t>
+          <t>1253BT</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>Voytel Ltd</t>
+          <t>Volvo Car Ireland Ltd</t>
         </is>
       </c>
       <c r="C83" s="0"/>
       <c r="D83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U83" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>1418WB</t>
+          <t>1691WB</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>VP Equipment Rental (Ireland) Ltd</t>
-[...2 lines deleted...]
-      <c r="C84" s="0"/>
+          <t>Vorwerk UK Ltd</t>
+        </is>
+      </c>
+      <c r="C84" s="0" t="inlineStr">
+        <is>
+          <t>Thermomix</t>
+        </is>
+      </c>
       <c r="D84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>3918W</t>
+          <t>3827WB</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>VT Dry &amp; Cure Technologies Inc.</t>
+          <t>VOSS GmbH &amp; Co. KG</t>
         </is>
       </c>
       <c r="C85" s="0"/>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -10168,328 +10172,328 @@
       </c>
       <c r="U85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>3901WB</t>
+          <t>1321WB</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>VusionGroup S.A.</t>
+          <t>Vow Europe Ltd</t>
         </is>
       </c>
       <c r="C86" s="0"/>
       <c r="D86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X86" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>3175B</t>
+          <t>769WB</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>VV-Tech LPG Ltd</t>
+          <t>Voytel Ltd</t>
         </is>
       </c>
       <c r="C87" s="0"/>
       <c r="D87" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U87" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>791WB</t>
+          <t>1418WB</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>VWR International Ltd</t>
+          <t>VP Equipment Rental (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C88" s="0"/>
       <c r="D88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -10505,177 +10509,649 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>1827WB</t>
+          <t>3918W</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Vygon (Ireland) Ltd</t>
+          <t>VT Dry &amp; Cure Technologies Inc.</t>
         </is>
       </c>
       <c r="C89" s="0"/>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X89" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="0" t="inlineStr">
+        <is>
+          <t>3901WB</t>
+        </is>
+      </c>
+      <c r="B90" s="0" t="inlineStr">
+        <is>
+          <t>VusionGroup S.A.</t>
+        </is>
+      </c>
+      <c r="C90" s="0"/>
+      <c r="D90" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="E90" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F90" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="H90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="I90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="J90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="K90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="L90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="M90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="N90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="O90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="P90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Q90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="R90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="S90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="T90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="U90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="V90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="W90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X90" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="0" t="inlineStr">
+        <is>
+          <t>3175B</t>
+        </is>
+      </c>
+      <c r="B91" s="0" t="inlineStr">
+        <is>
+          <t>VV-Tech LPG Ltd</t>
+        </is>
+      </c>
+      <c r="C91" s="0"/>
+      <c r="D91" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E91" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F91" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G91" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H91" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I91" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V91" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="W91" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X91" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="0" t="inlineStr">
+        <is>
+          <t>791WB</t>
+        </is>
+      </c>
+      <c r="B92" s="0" t="inlineStr">
+        <is>
+          <t>VWR International Ltd</t>
+        </is>
+      </c>
+      <c r="C92" s="0"/>
+      <c r="D92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="E92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="S92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="T92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="X92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="0" t="inlineStr">
+        <is>
+          <t>1827WB</t>
+        </is>
+      </c>
+      <c r="B93" s="0" t="inlineStr">
+        <is>
+          <t>Vygon (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C93" s="0"/>
+      <c r="D93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="E93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q93" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R93" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S93" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T93" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U93" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V93" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W93" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X93" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">