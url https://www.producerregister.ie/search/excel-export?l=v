--- v1 (2025-12-07)
+++ v2 (2026-01-27)
@@ -107,137 +107,140 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:X93"/>
+  <dimension ref="A1:Y98"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Reg No.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Company Name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Trading As</t>
         </is>
       </c>
       <c r="D1" s="0" t="n">
+        <v>2026</v>
+      </c>
+      <c r="E1" s="0" t="n">
         <v>2025</v>
       </c>
-      <c r="E1" s="0" t="n">
+      <c r="F1" s="0" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="0" t="n">
+      <c r="G1" s="0" t="n">
         <v>2023</v>
       </c>
-      <c r="G1" s="0" t="n">
+      <c r="H1" s="0" t="n">
         <v>2022</v>
       </c>
-      <c r="H1" s="0" t="n">
+      <c r="I1" s="0" t="n">
         <v>2021</v>
       </c>
-      <c r="I1" s="0" t="n">
+      <c r="J1" s="0" t="n">
         <v>2020</v>
       </c>
-      <c r="J1" s="0" t="n">
+      <c r="K1" s="0" t="n">
         <v>2019</v>
       </c>
-      <c r="K1" s="0" t="n">
+      <c r="L1" s="0" t="n">
         <v>2018</v>
       </c>
-      <c r="L1" s="0" t="n">
+      <c r="M1" s="0" t="n">
         <v>2017</v>
       </c>
-      <c r="M1" s="0" t="n">
+      <c r="N1" s="0" t="n">
         <v>2016</v>
       </c>
-      <c r="N1" s="0" t="n">
+      <c r="O1" s="0" t="n">
         <v>2015</v>
       </c>
-      <c r="O1" s="0" t="n">
+      <c r="P1" s="0" t="n">
         <v>2014</v>
       </c>
-      <c r="P1" s="0" t="n">
+      <c r="Q1" s="0" t="n">
         <v>2013</v>
       </c>
-      <c r="Q1" s="0" t="n">
+      <c r="R1" s="0" t="n">
         <v>2012</v>
       </c>
-      <c r="R1" s="0" t="n">
+      <c r="S1" s="0" t="n">
         <v>2011</v>
       </c>
-      <c r="S1" s="0" t="n">
+      <c r="T1" s="0" t="n">
         <v>2010</v>
       </c>
-      <c r="T1" s="0" t="n">
+      <c r="U1" s="0" t="n">
         <v>2009</v>
       </c>
-      <c r="U1" s="0" t="n">
+      <c r="V1" s="0" t="n">
         <v>2008</v>
       </c>
-      <c r="V1" s="0" t="n">
+      <c r="W1" s="0" t="n">
         <v>2007</v>
       </c>
-      <c r="W1" s="0" t="n">
+      <c r="X1" s="0" t="n">
         <v>2006</v>
       </c>
-      <c r="X1" s="0" t="n">
+      <c r="Y1" s="0" t="n">
         <v>2005</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>1913W</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>V &amp; M Global Ltd</t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
@@ -271,154 +274,159 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Q2" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="Q2" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>2203W</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>V-Zug UK Ltd</t>
         </is>
       </c>
       <c r="C3" s="0"/>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -428,208 +436,218 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X3" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>344W</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>V.J.'s World of Home Fitness Equipment Ltd</t>
         </is>
       </c>
       <c r="C4" s="0"/>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="G4" s="0" t="inlineStr">
+        <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="G4" s="0" t="inlineStr">
+      <c r="H4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="H4" s="0" t="inlineStr">
+      <c r="I4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="I4" s="0" t="inlineStr">
+      <c r="J4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="J4" s="0" t="inlineStr">
+      <c r="K4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="K4" s="0" t="inlineStr">
+      <c r="L4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="L4" s="0" t="inlineStr">
+      <c r="M4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="M4" s="0" t="inlineStr">
+      <c r="N4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="N4" s="0" t="inlineStr">
+      <c r="O4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="O4" s="0" t="inlineStr">
+      <c r="P4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="P4" s="0" t="inlineStr">
+      <c r="Q4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="Q4" s="0" t="inlineStr">
+      <c r="R4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="R4" s="0" t="inlineStr">
+      <c r="S4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="S4" s="0" t="inlineStr">
+      <c r="T4" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="T4" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U4" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X4" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>3511W</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>VACUUBRAND GmbH &amp; Co. KG</t>
         </is>
       </c>
       <c r="C5" s="0"/>
       <c r="D5" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -664,89 +682,94 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X5" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>2534T</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Vadim Veinbaum</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>VT Motors</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -786,115 +809,120 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X6" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y6" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>3452T</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Vaidas Siupienius</t>
         </is>
       </c>
       <c r="C7" s="0"/>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K7" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L7" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M7" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -904,50 +932,55 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X7" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
           <t>2224WB</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Valeo Foods (Ireland) Unlimited Company</t>
         </is>
       </c>
       <c r="C8" s="0"/>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -968,51 +1001,51 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -1022,70 +1055,75 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X8" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>2000WB</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Valuecoms</t>
         </is>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1096,114 +1134,119 @@
           <t>YES</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O9" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X9" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>3226WB</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Valve Corporation</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1214,241 +1257,251 @@
           <t>YES</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O10" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X10" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>2230WB</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Vanderbilt International (SWE) AB</t>
         </is>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E11" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E11" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O11" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P11" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X11" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>4475WB</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Vantive Health Ltd</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>Vantive</t>
         </is>
       </c>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -1498,116 +1551,121 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X12" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y12" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>3785WB</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Vapetech Ltd</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>E smoke Ireland</t>
         </is>
       </c>
       <c r="D13" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E13" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E13" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="G13" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="G13" s="0" t="inlineStr">
+      <c r="H13" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="H13" s="0" t="inlineStr">
+      <c r="I13" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="I13" s="0" t="inlineStr">
+      <c r="J13" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="J13" s="0" t="inlineStr">
+      <c r="K13" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="K13" s="0" t="inlineStr">
+      <c r="L13" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="L13" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="M13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
@@ -1620,74 +1678,79 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X13" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>2088B</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Vaping 365</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>ITR</t>
         </is>
       </c>
       <c r="D14" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -1733,79 +1796,84 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V14" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X14" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="inlineStr">
         <is>
           <t>3567WB</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Vapourpal Ltd</t>
         </is>
       </c>
       <c r="C15" s="0"/>
       <c r="D15" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1826,202 +1894,212 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q15" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X15" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="inlineStr">
         <is>
           <t>3661WB</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Varian Medical Systems</t>
         </is>
       </c>
       <c r="C16" s="0"/>
       <c r="D16" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O16" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P16" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q16" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R16" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X16" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>1273WB</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>VAX Ltd</t>
         </is>
       </c>
       <c r="C17" s="0"/>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -2042,222 +2120,232 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V17" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X17" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>1776WB</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>VCE Technology Solutions Ltd</t>
         </is>
       </c>
       <c r="C18" s="0"/>
       <c r="D18" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X18" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="inlineStr">
         <is>
           <t>386W</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>VDA UK Ltd (Irish Branch)</t>
         </is>
       </c>
       <c r="C19" s="0"/>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2293,139 +2381,144 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X19" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>3155W</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Vector GB Ltd</t>
         </is>
       </c>
       <c r="C20" s="0"/>
       <c r="D20" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2450,50 +2543,55 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X20" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="inlineStr">
         <is>
           <t>862WB</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Vee Industries Ltd</t>
         </is>
       </c>
       <c r="C21" s="0"/>
       <c r="D21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -2549,69 +2647,74 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S21" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T21" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X21" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="inlineStr">
         <is>
           <t>480W</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Vee-Light Lighting Ltd</t>
         </is>
       </c>
       <c r="C22" s="0"/>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -2687,69 +2790,74 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="U22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="V22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="W22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="X22" s="0" t="inlineStr">
         <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y22" s="0" t="inlineStr">
+        <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="inlineStr">
         <is>
           <t>1533WB</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Veelite Lighting Ltd</t>
         </is>
       </c>
       <c r="C23" s="0"/>
       <c r="D23" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -2785,69 +2893,74 @@
           <t>YES</t>
         </is>
       </c>
       <c r="P23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X23" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y23" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="inlineStr">
         <is>
           <t>1451W</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Vellow Field Asset Management Ltd</t>
         </is>
       </c>
       <c r="C24" s="0"/>
       <c r="D24" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -2898,101 +3011,106 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O24" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P24" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q24" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R24" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S24" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T24" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X24" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="inlineStr">
         <is>
           <t>4571WB</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>Velocitee Golf</t>
         </is>
       </c>
       <c r="C25" s="0"/>
       <c r="D25" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E25" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E25" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
@@ -3040,77 +3158,82 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X25" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="inlineStr">
         <is>
           <t>4571W</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Velocitee Golf</t>
         </is>
       </c>
       <c r="C26" s="0"/>
       <c r="D26" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E26" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E26" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
@@ -3158,192 +3281,198 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X26" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>664WB</t>
+          <t>2927WB</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>Velux Company Ltd</t>
+          <t>Veloris – The Battery Partner UK Ltd</t>
         </is>
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y27" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>892WB</t>
+          <t>664WB</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Vendek Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Velux Company Ltd</t>
+        </is>
+      </c>
+      <c r="C28" s="0"/>
       <c r="D28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3398,458 +3527,478 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X28" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>1529W</t>
+          <t>892WB</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Ventac &amp; Company Ltd</t>
-[...2 lines deleted...]
-      <c r="C29" s="0"/>
+          <t>Vendek Ltd</t>
+        </is>
+      </c>
+      <c r="C29" s="0" t="inlineStr">
+        <is>
+          <t>Powerline</t>
+        </is>
+      </c>
       <c r="D29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X29" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>4640WB</t>
+          <t>1529W</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>Ventchoice Limited</t>
+          <t>Ventac &amp; Company Ltd</t>
         </is>
       </c>
       <c r="C30" s="0"/>
       <c r="D30" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y30" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>589WB</t>
+          <t>4640WB</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Ventilux Ltd</t>
+          <t>Ventchoice Limited</t>
         </is>
       </c>
       <c r="C31" s="0"/>
       <c r="D31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y31" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>1234W</t>
+          <t>589WB</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>Venutra Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ventilux Ltd</t>
+        </is>
+      </c>
+      <c r="C32" s="0"/>
       <c r="D32" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3865,669 +4014,703 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y32" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>1988WB</t>
+          <t>1234W</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Veolia Water Technologies &amp; Solutions Ireland Ltd</t>
-[...2 lines deleted...]
-      <c r="C33" s="0"/>
+          <t>Venutra Ltd</t>
+        </is>
+      </c>
+      <c r="C33" s="0" t="inlineStr">
+        <is>
+          <t>Brady Catering</t>
+        </is>
+      </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>1391B</t>
+          <t>1988WB</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Verde Autos</t>
+          <t>Veolia Water Technologies &amp; Solutions Ireland Ltd</t>
         </is>
       </c>
       <c r="C34" s="0"/>
       <c r="D34" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y34" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>1951WB</t>
+          <t>1391B</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>Verde LED Ltd</t>
+          <t>Verde Autos</t>
         </is>
       </c>
       <c r="C35" s="0"/>
       <c r="D35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O35" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="V35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="W35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y35" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>3677WB</t>
+          <t>1951WB</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>Verizon Connect Ireland Ltd</t>
+          <t>Verde LED Ltd</t>
         </is>
       </c>
       <c r="C36" s="0"/>
       <c r="D36" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J36" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K36" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L36" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M36" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N36" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O36" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P36" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y36" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>954W</t>
+          <t>3677WB</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>Verizon Ireland Ltd</t>
+          <t>Verizon Connect Ireland Ltd</t>
         </is>
       </c>
       <c r="C37" s="0"/>
       <c r="D37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I37" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X37" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y37" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>2116W</t>
+          <t>954W</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>Vero Coffee Co. Ltd</t>
+          <t>Verizon Ireland Ltd</t>
         </is>
       </c>
       <c r="C38" s="0"/>
       <c r="D38" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4538,233 +4721,239 @@
           <t>YES</t>
         </is>
       </c>
       <c r="K38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X38" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y38" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>199WB</t>
+          <t>4657WB</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>Vertiv International DAC</t>
+          <t>Verkada Inc</t>
         </is>
       </c>
       <c r="C39" s="0"/>
       <c r="D39" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E39" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F39" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H39" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X39" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y39" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>1627WB</t>
+          <t>2116W</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>Vertiv Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vero Coffee Co. Ltd</t>
+        </is>
+      </c>
+      <c r="C40" s="0"/>
       <c r="D40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
@@ -4783,616 +4972,649 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O40" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U40" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V40" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W40" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X40" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y40" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>1704B</t>
+          <t>4714WB</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>Vestas Ireland Ltd</t>
-[...2 lines deleted...]
-      <c r="C41" s="0"/>
+          <t>VERTEXELIXIR SHOP Kft.</t>
+        </is>
+      </c>
+      <c r="C41" s="0" t="inlineStr">
+        <is>
+          <t>PUGTOW</t>
+        </is>
+      </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J41" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U41" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X41" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>2705WB</t>
+          <t>199WB</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>Vestel Germany GmbH</t>
+          <t>Vertiv International DAC</t>
         </is>
       </c>
       <c r="C42" s="0"/>
       <c r="D42" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E42" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F42" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H42" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I42" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J42" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X42" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y42" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>3622WB</t>
+          <t>1627WB</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>Vestel Holland B.V.</t>
-[...2 lines deleted...]
-      <c r="C43" s="0"/>
+          <t>Vertiv Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C43" s="0" t="inlineStr">
+        <is>
+          <t>Chloride Power</t>
+        </is>
+      </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O43" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P43" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q43" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R43" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S43" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T43" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U43" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V43" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W43" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X43" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y43" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>4157WB</t>
+          <t>1704B</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>VESYNC (UK) Ltd</t>
+          <t>Vestas Ireland Ltd</t>
         </is>
       </c>
       <c r="C44" s="0"/>
       <c r="D44" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E44" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E44" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="I44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="J44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="K44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="L44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V44" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W44" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X44" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y44" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>3740WB</t>
+          <t>2705WB</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>Vetequip Ltd</t>
+          <t>Vestel Germany GmbH</t>
         </is>
       </c>
       <c r="C45" s="0"/>
       <c r="D45" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E45" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K45" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -5412,1047 +5634,1088 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X45" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>3298W</t>
+          <t>3622WB</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>VGP Media Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vestel Holland B.V.</t>
+        </is>
+      </c>
+      <c r="C46" s="0"/>
       <c r="D46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J46" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X46" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y46" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>1718WB</t>
+          <t>4157WB</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>Vibrance Ltd</t>
+          <t>VESYNC (UK) Ltd</t>
         </is>
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K47" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R47" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X47" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y47" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>3922W</t>
+          <t>3740WB</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>VICI AG</t>
+          <t>Vetequip Ltd</t>
         </is>
       </c>
       <c r="C48" s="0"/>
       <c r="D48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O48" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X48" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y48" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>2101WB</t>
+          <t>3298W</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>Vico Electronics Ltd</t>
-[...2 lines deleted...]
-      <c r="C49" s="0"/>
+          <t>VGP Media Ltd</t>
+        </is>
+      </c>
+      <c r="C49" s="0" t="inlineStr">
+        <is>
+          <t>VideoGamePerfection.com</t>
+        </is>
+      </c>
       <c r="D49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K49" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L49" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N49" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X49" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y49" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>1979W</t>
+          <t>1718WB</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>Victoria Crystal Ltd</t>
+          <t>Vibrance Ltd</t>
         </is>
       </c>
       <c r="C50" s="0"/>
       <c r="D50" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E50" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F50" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H50" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I50" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J50" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K50" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L50" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M50" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N50" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O50" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S50" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T50" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U50" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V50" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W50" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X50" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y50" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>3993WB</t>
+          <t>3922W</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>Vida Electronics</t>
+          <t>VICI AG</t>
         </is>
       </c>
       <c r="C51" s="0"/>
       <c r="D51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X51" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y51" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>4652WB</t>
+          <t>2101WB</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Vida&amp;Cosas</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vico Electronics Ltd</t>
+        </is>
+      </c>
+      <c r="C52" s="0"/>
       <c r="D52" s="0" t="inlineStr">
         <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E52" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F52" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G52" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H52" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="I52" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="J52" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="K52" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="L52" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="M52" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E52" s="0" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="N52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X52" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y52" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>3719W</t>
+          <t>1979W</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>VidaBox, LLC</t>
+          <t>Victoria Crystal Ltd</t>
         </is>
       </c>
       <c r="C53" s="0"/>
       <c r="D53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X53" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y53" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>3406WB</t>
+          <t>3993WB</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>VidaXL International BV</t>
+          <t>Vida Electronics</t>
         </is>
       </c>
       <c r="C54" s="0"/>
       <c r="D54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -6482,798 +6745,833 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X54" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>838W</t>
+          <t>4652WB</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Videnda Distribution Ltd</t>
+          <t>Vida&amp;Cosas</t>
         </is>
       </c>
       <c r="C55" s="0"/>
       <c r="D55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X55" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y55" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>3718WB</t>
+          <t>3719W</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>Vieffe Trade Srl</t>
+          <t>VidaBox, LLC</t>
         </is>
       </c>
       <c r="C56" s="0"/>
       <c r="D56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X56" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y56" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>488W</t>
+          <t>3406WB</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>VIKING COMPONENTS IRELAND LTD</t>
+          <t>VidaXL International BV</t>
         </is>
       </c>
       <c r="C57" s="0"/>
       <c r="D57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W57" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y57" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>3465WB</t>
+          <t>838W</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Viking Direct (Ireland) Ltd</t>
+          <t>Videnda Distribution Ltd</t>
         </is>
       </c>
       <c r="C58" s="0"/>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O58" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X58" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y58" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>293WB</t>
+          <t>3718WB</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Viking Direct (Ireland) Ltd</t>
+          <t>Vieffe Trade Srl</t>
         </is>
       </c>
       <c r="C59" s="0"/>
       <c r="D59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X59" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y59" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>2248T</t>
+          <t>488W</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>Village Tyres</t>
+          <t>VIKING COMPONENTS IRELAND LTD</t>
         </is>
       </c>
       <c r="C60" s="0"/>
       <c r="D60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X60" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y60" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>1998W</t>
+          <t>293WB</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Vinny Byrne Ltd</t>
+          <t>Viking Direct (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C61" s="0"/>
       <c r="D61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -7284,257 +7582,267 @@
           <t>YES</t>
         </is>
       </c>
       <c r="O61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X61" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y61" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>4429B</t>
+          <t>3465WB</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>vinstar technology limited</t>
+          <t>Viking Direct (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C62" s="0"/>
       <c r="D62" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P62" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q62" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R62" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S62" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T62" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U62" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V62" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W62" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X62" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y62" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>4633WB</t>
+          <t>2248T</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Vintage Visions Shift &amp; Style</t>
+          <t>Village Tyres</t>
         </is>
       </c>
       <c r="C63" s="0"/>
       <c r="D63" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N63" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O63" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P63" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Q63" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R63" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -7544,783 +7852,814 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T63" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U63" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V63" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W63" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X63" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y63" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>1502W</t>
+          <t>1998W</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Vintero Ltd</t>
+          <t>Vinny Byrne Ltd</t>
         </is>
       </c>
       <c r="C64" s="0"/>
       <c r="D64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R64" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X64" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y64" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>4234B</t>
+          <t>4429B</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>VIOVAS RESOURCE S.R.L.</t>
+          <t>vinstar technology limited</t>
         </is>
       </c>
       <c r="C65" s="0"/>
       <c r="D65" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X65" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y65" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>1960WB</t>
+          <t>4633WB</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>VIP E-Cig Ireland Ltd</t>
+          <t>Vintage Visions Shift &amp; Style</t>
         </is>
       </c>
       <c r="C66" s="0"/>
       <c r="D66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I66" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P66" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q66" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R66" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S66" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T66" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U66" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V66" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W66" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X66" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y66" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>1037WB</t>
+          <t>1502W</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Virgin Media Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vintero Ltd</t>
+        </is>
+      </c>
+      <c r="C67" s="0"/>
       <c r="D67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U67" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W67" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y67" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>2868WB</t>
+          <t>4234B</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Vision RT Ltd</t>
+          <t>VIOVAS RESOURCE S.R.L.</t>
         </is>
       </c>
       <c r="C68" s="0"/>
       <c r="D68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P68" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q68" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R68" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S68" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T68" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U68" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V68" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W68" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X68" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y68" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>1426WB</t>
+          <t>1960WB</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>VisionID Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>VIP E-Cig Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C69" s="0"/>
       <c r="D69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q69" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y69" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>1848WB</t>
+          <t>1037WB</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Vistaprint BV</t>
-[...2 lines deleted...]
-      <c r="C70" s="0"/>
+          <t>Virgin Media Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C70" s="0" t="inlineStr">
+        <is>
+          <t>Chorus NTL</t>
+        </is>
+      </c>
       <c r="D70" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
@@ -8339,349 +8678,364 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W70" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X70" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y70" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>959W</t>
+          <t>4740WB</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>Vita-Mix Europe Ltd</t>
+          <t>VISION AID USA LTD</t>
         </is>
       </c>
       <c r="C71" s="0"/>
       <c r="D71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X71" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y71" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>1155W</t>
+          <t>2868WB</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Vitalograph (Ireland) Ltd</t>
+          <t>Vision RT Ltd</t>
         </is>
       </c>
       <c r="C72" s="0"/>
       <c r="D72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y72" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>2555BT</t>
+          <t>1426WB</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>Vitold Investments Unlimited Company</t>
+          <t>VisionID Ltd</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>Harris Hino</t>
+          <t>Peak Technologies</t>
         </is>
       </c>
       <c r="D73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -8727,800 +9081,839 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V73" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W73" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X73" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y73" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>3687WB</t>
+          <t>1848WB</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Viva Payment Services S.A</t>
+          <t>Vistaprint BV</t>
         </is>
       </c>
       <c r="C74" s="0"/>
       <c r="D74" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y74" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>3800WB</t>
+          <t>959W</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>VMWARE International Unlimited Company</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vita-Mix Europe Ltd</t>
+        </is>
+      </c>
+      <c r="C75" s="0"/>
       <c r="D75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X75" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y75" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>3217WB</t>
+          <t>1155W</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Vocera Communications Inc.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vitalograph (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C76" s="0"/>
       <c r="D76" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X76" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y76" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>3868W</t>
+          <t>2555BT</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Voduz Ltd</t>
-[...2 lines deleted...]
-      <c r="C77" s="0"/>
+          <t>Vitold Investments Unlimited Company</t>
+        </is>
+      </c>
+      <c r="C77" s="0" t="inlineStr">
+        <is>
+          <t>Harris Hino</t>
+        </is>
+      </c>
       <c r="D77" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X77" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y77" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>1710W</t>
+          <t>3687WB</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Voice Engineer Ireland Ltd</t>
+          <t>Viva Payment Services S.A</t>
         </is>
       </c>
       <c r="C78" s="0"/>
       <c r="D78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R78" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S78" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T78" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U78" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V78" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W78" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X78" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y78" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>1518WB</t>
+          <t>3800WB</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>VoipSupply and MobileSupply</t>
-[...2 lines deleted...]
-      <c r="C79" s="0"/>
+          <t>VMWARE International Unlimited Company</t>
+        </is>
+      </c>
+      <c r="C79" s="0" t="inlineStr">
+        <is>
+          <t>VMWARE</t>
+        </is>
+      </c>
       <c r="D79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X79" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y79" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>3390WB</t>
+          <t>3217WB</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Vokera (Ireland) Ltd</t>
-[...2 lines deleted...]
-      <c r="C80" s="0"/>
+          <t>Vocera Communications Inc.</t>
+        </is>
+      </c>
+      <c r="C80" s="0" t="inlineStr">
+        <is>
+          <t>Vocera</t>
+        </is>
+      </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9570,188 +9963,198 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X80" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y80" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>2993W</t>
+          <t>3868W</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Volkswagen Group Charging GmbH</t>
+          <t>Voduz Ltd</t>
         </is>
       </c>
       <c r="C81" s="0"/>
       <c r="D81" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X81" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y81" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>1196WBT</t>
+          <t>1710W</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Volkswagen Group Ireland Ltd</t>
+          <t>Voice Engineer Ireland Ltd</t>
         </is>
       </c>
       <c r="C82" s="0"/>
       <c r="D82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9787,447 +10190,463 @@
           <t>YES</t>
         </is>
       </c>
       <c r="P82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X82" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>1253BT</t>
+          <t>1518WB</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>Volvo Car Ireland Ltd</t>
+          <t>VoipSupply and MobileSupply</t>
         </is>
       </c>
       <c r="C83" s="0"/>
       <c r="D83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U83" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V83" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W83" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X83" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="Y83" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>1691WB</t>
+          <t>3390WB</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Vorwerk UK Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vokera (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C84" s="0"/>
       <c r="D84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X84" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y84" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>3827WB</t>
+          <t>2993W</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>VOSS GmbH &amp; Co. KG</t>
+          <t>Volkswagen Group Charging GmbH</t>
         </is>
       </c>
       <c r="C85" s="0"/>
       <c r="D85" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X85" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y85" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>1321WB</t>
+          <t>1196WBT</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Vow Europe Ltd</t>
+          <t>Volkswagen Group Ireland Ltd</t>
         </is>
       </c>
       <c r="C86" s="0"/>
       <c r="D86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -10268,232 +10687,242 @@
           <t>YES</t>
         </is>
       </c>
       <c r="Q86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W86" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X86" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y86" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>769WB</t>
+          <t>4688W</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Voytel Ltd</t>
+          <t>Voltalia Ireland Ltd</t>
         </is>
       </c>
       <c r="C87" s="0"/>
       <c r="D87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N87" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X87" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y87" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>1418WB</t>
+          <t>1253BT</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>VP Equipment Rental (Ireland) Ltd</t>
+          <t>Volvo Car Ireland Ltd</t>
         </is>
       </c>
       <c r="C88" s="0"/>
       <c r="D88" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -10509,649 +10938,1298 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U88" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X88" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y88" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>3918W</t>
+          <t>1691WB</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>VT Dry &amp; Cure Technologies Inc.</t>
-[...2 lines deleted...]
-      <c r="C89" s="0"/>
+          <t>Vorwerk UK Ltd</t>
+        </is>
+      </c>
+      <c r="C89" s="0" t="inlineStr">
+        <is>
+          <t>Thermomix</t>
+        </is>
+      </c>
       <c r="D89" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X89" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y89" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>3901WB</t>
+          <t>3827WB</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>VusionGroup S.A.</t>
+          <t>VOSS GmbH &amp; Co. KG</t>
         </is>
       </c>
       <c r="C90" s="0"/>
       <c r="D90" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X90" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y90" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>3175B</t>
+          <t>1321WB</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>VV-Tech LPG Ltd</t>
+          <t>Vow Europe Ltd</t>
         </is>
       </c>
       <c r="C91" s="0"/>
       <c r="D91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U91" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X91" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y91" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>791WB</t>
+          <t>769WB</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>VWR International Ltd</t>
+          <t>Voytel Ltd</t>
         </is>
       </c>
       <c r="C92" s="0"/>
       <c r="D92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X92" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>1827WB</t>
+          <t>1418WB</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>Vygon (Ireland) Ltd</t>
+          <t>VP Equipment Rental (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C93" s="0"/>
       <c r="D93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W93" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X93" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y93" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="0" t="inlineStr">
+        <is>
+          <t>3918W</t>
+        </is>
+      </c>
+      <c r="B94" s="0" t="inlineStr">
+        <is>
+          <t>VT Dry &amp; Cure Technologies Inc.</t>
+        </is>
+      </c>
+      <c r="C94" s="0"/>
+      <c r="D94" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E94" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="G94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y94" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="0" t="inlineStr">
+        <is>
+          <t>3901WB</t>
+        </is>
+      </c>
+      <c r="B95" s="0" t="inlineStr">
+        <is>
+          <t>VusionGroup S.A.</t>
+        </is>
+      </c>
+      <c r="C95" s="0"/>
+      <c r="D95" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="E95" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F95" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G95" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="I95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="J95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="K95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="L95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="M95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="N95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="O95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="P95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Q95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="R95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="S95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="T95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="U95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="V95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="W95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y95" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="0" t="inlineStr">
+        <is>
+          <t>3175B</t>
+        </is>
+      </c>
+      <c r="B96" s="0" t="inlineStr">
+        <is>
+          <t>VV-Tech LPG Ltd</t>
+        </is>
+      </c>
+      <c r="C96" s="0"/>
+      <c r="D96" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="E96" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="F96" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="G96" s="0" t="inlineStr">
+        <is>
+          <t>DE-REG</t>
+        </is>
+      </c>
+      <c r="H96" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I96" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J96" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V96" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W96" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X96" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y96" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="0" t="inlineStr">
+        <is>
+          <t>791WB</t>
+        </is>
+      </c>
+      <c r="B97" s="0" t="inlineStr">
+        <is>
+          <t>VWR International Ltd</t>
+        </is>
+      </c>
+      <c r="C97" s="0"/>
+      <c r="D97" s="0" t="inlineStr">
+        <is>
+          <t>Pending</t>
+        </is>
+      </c>
+      <c r="E97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="S97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="T97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="U97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="V97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="W97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="X97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y97" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="0" t="inlineStr">
+        <is>
+          <t>1827WB</t>
+        </is>
+      </c>
+      <c r="B98" s="0" t="inlineStr">
+        <is>
+          <t>Vygon (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C98" s="0"/>
+      <c r="D98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="E98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="S98" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T98" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U98" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V98" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W98" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X98" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y98" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">