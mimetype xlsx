--- v2 (2026-01-27)
+++ v3 (2026-03-22)
@@ -107,51 +107,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y98"/>
+  <dimension ref="A1:Y99"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Reg No.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Company Name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Trading As</t>
         </is>
       </c>
@@ -337,51 +337,51 @@
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>2203W</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>V-Zug UK Ltd</t>
         </is>
       </c>
       <c r="C3" s="0"/>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1079,51 +1079,51 @@
       <c r="X8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>2000WB</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Valuecoms</t>
         </is>
       </c>
       <c r="C9" s="0"/>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1202,51 +1202,51 @@
       <c r="X9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>3226WB</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Valve Corporation</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1325,51 +1325,51 @@
       <c r="X10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>2230WB</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Vanderbilt International (SWE) AB</t>
         </is>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1829,51 +1829,51 @@
       <c r="X14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="inlineStr">
         <is>
           <t>3567WB</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Vapourpal Ltd</t>
         </is>
       </c>
       <c r="C15" s="0"/>
       <c r="D15" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1952,56 +1952,56 @@
       <c r="X15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="inlineStr">
         <is>
           <t>3661WB</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Varian Medical Systems</t>
         </is>
       </c>
       <c r="C16" s="0"/>
       <c r="D16" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -2813,51 +2813,51 @@
       <c r="X22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Y22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="inlineStr">
         <is>
           <t>1533WB</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Veelite Lighting Ltd</t>
         </is>
       </c>
       <c r="C23" s="0"/>
       <c r="D23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3305,51 +3305,51 @@
       <c r="X26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="inlineStr">
         <is>
           <t>2927WB</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
           <t>Veloris – The Battery Partner UK Ltd</t>
         </is>
       </c>
       <c r="C27" s="0"/>
       <c r="D27" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3428,51 +3428,51 @@
       <c r="X27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="inlineStr">
         <is>
           <t>664WB</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
           <t>Velux Company Ltd</t>
         </is>
       </c>
       <c r="C28" s="0"/>
       <c r="D28" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4420,51 +4420,51 @@
       <c r="X35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="inlineStr">
         <is>
           <t>1951WB</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
           <t>Verde LED Ltd</t>
         </is>
       </c>
       <c r="C36" s="0"/>
       <c r="D36" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I36" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -4666,51 +4666,51 @@
       <c r="X37" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y37" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="inlineStr">
         <is>
           <t>954W</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
           <t>Verizon Ireland Ltd</t>
         </is>
       </c>
       <c r="C38" s="0"/>
       <c r="D38" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I38" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -5039,51 +5039,51 @@
       </c>
       <c r="Y40" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="inlineStr">
         <is>
           <t>4714WB</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
           <t>VERTEXELIXIR SHOP Kft.</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
           <t>PUGTOW</t>
         </is>
       </c>
       <c r="D41" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="F41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I41" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -5289,51 +5289,51 @@
       </c>
       <c r="Y42" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="inlineStr">
         <is>
           <t>1627WB</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
           <t>Vertiv Ireland Ltd</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
           <t>Chloride Power</t>
         </is>
       </c>
       <c r="D43" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E43" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F43" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H43" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I43" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -5658,51 +5658,51 @@
       <c r="X45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y45" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="inlineStr">
         <is>
           <t>3622WB</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
           <t>Vestel Holland B.V.</t>
         </is>
       </c>
       <c r="C46" s="0"/>
       <c r="D46" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I46" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -5781,51 +5781,51 @@
       <c r="X46" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y46" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="inlineStr">
         <is>
           <t>4157WB</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
           <t>VESYNC (UK) Ltd</t>
         </is>
       </c>
       <c r="C47" s="0"/>
       <c r="D47" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E47" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F47" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H47" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I47" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -6266,245 +6266,249 @@
       </c>
       <c r="V50" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W50" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X50" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y50" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>3922W</t>
+          <t>4793WB</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>VICI AG</t>
-[...2 lines deleted...]
-      <c r="C51" s="0"/>
+          <t>Vibrant Horizon Global Trade Limited</t>
+        </is>
+      </c>
+      <c r="C51" s="0" t="inlineStr">
+        <is>
+          <t>Marchpower</t>
+        </is>
+      </c>
       <c r="D51" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P51" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y51" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>2101WB</t>
+          <t>3922W</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>Vico Electronics Ltd</t>
+          <t>VICI AG</t>
         </is>
       </c>
       <c r="C52" s="0"/>
       <c r="D52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L52" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M52" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N52" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O52" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P52" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -6512,122 +6516,122 @@
       </c>
       <c r="V52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y52" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>1979W</t>
+          <t>2101WB</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>Victoria Crystal Ltd</t>
+          <t>Vico Electronics Ltd</t>
         </is>
       </c>
       <c r="C53" s="0"/>
       <c r="D53" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E53" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F53" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H53" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I53" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J53" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="N53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O53" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P53" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q53" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R53" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S53" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T53" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U53" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -6635,122 +6639,122 @@
       </c>
       <c r="V53" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W53" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X53" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y53" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>3993WB</t>
+          <t>1979W</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>Vida Electronics</t>
+          <t>Victoria Crystal Ltd</t>
         </is>
       </c>
       <c r="C54" s="0"/>
       <c r="D54" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E54" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F54" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H54" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I54" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J54" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K54" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L54" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M54" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N54" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O54" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P54" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -6758,67 +6762,67 @@
       </c>
       <c r="V54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y54" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>4652WB</t>
+          <t>3993WB</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>Vida&amp;Cosas</t>
+          <t>Vida Electronics</t>
         </is>
       </c>
       <c r="C55" s="0"/>
       <c r="D55" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E55" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F55" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H55" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I55" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J55" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -6881,800 +6885,800 @@
       </c>
       <c r="V55" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W55" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X55" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y55" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>3719W</t>
+          <t>4652WB</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>VidaBox, LLC</t>
+          <t>Vida&amp;Cosas</t>
         </is>
       </c>
       <c r="C56" s="0"/>
       <c r="D56" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E56" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E56" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y56" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>3406WB</t>
+          <t>3719W</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>VidaXL International BV</t>
+          <t>VidaBox, LLC</t>
         </is>
       </c>
       <c r="C57" s="0"/>
       <c r="D57" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E57" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F57" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J57" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y57" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>838W</t>
+          <t>3406WB</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>Videnda Distribution Ltd</t>
+          <t>VidaXL International BV</t>
         </is>
       </c>
       <c r="C58" s="0"/>
       <c r="D58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J58" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y58" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>3718WB</t>
+          <t>838W</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>Vieffe Trade Srl</t>
+          <t>Videnda Distribution Ltd</t>
         </is>
       </c>
       <c r="C59" s="0"/>
       <c r="D59" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J59" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y59" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>488W</t>
+          <t>3718W</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>VIKING COMPONENTS IRELAND LTD</t>
+          <t>Vieffe Trade Srl</t>
         </is>
       </c>
       <c r="C60" s="0"/>
       <c r="D60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X60" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y60" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>293WB</t>
+          <t>488W</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>Viking Direct (Ireland) Ltd</t>
+          <t>VIKING COMPONENTS IRELAND LTD</t>
         </is>
       </c>
       <c r="C61" s="0"/>
       <c r="D61" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E61" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F61" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H61" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X61" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Y61" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="inlineStr">
         <is>
           <t>3465WB</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
           <t>Viking Direct (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C62" s="0"/>
       <c r="D62" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H62" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I62" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -7742,179 +7746,179 @@
       </c>
       <c r="V62" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W62" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X62" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y62" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>2248T</t>
+          <t>293WB</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>Village Tyres</t>
+          <t>Viking Direct (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C63" s="0"/>
       <c r="D63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H63" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I63" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J63" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K63" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L63" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M63" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y63" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>1998W</t>
+          <t>2248T</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>Vinny Byrne Ltd</t>
+          <t>Village Tyres</t>
         </is>
       </c>
       <c r="C64" s="0"/>
       <c r="D64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H64" s="0" t="inlineStr">
         <is>
@@ -7926,241 +7930,241 @@
           <t>YES</t>
         </is>
       </c>
       <c r="J64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M64" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S64" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y64" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>4429B</t>
+          <t>1998W</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>vinstar technology limited</t>
+          <t>Vinny Byrne Ltd</t>
         </is>
       </c>
       <c r="C65" s="0"/>
       <c r="D65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E65" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y65" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>4633WB</t>
+          <t>4429B</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Vintage Visions Shift &amp; Style</t>
+          <t>vinstar technology limited</t>
         </is>
       </c>
       <c r="C66" s="0"/>
       <c r="D66" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E66" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F66" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H66" s="0" t="inlineStr">
         <is>
@@ -8234,741 +8238,741 @@
       </c>
       <c r="V66" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W66" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X66" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y66" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>1502W</t>
+          <t>4633WB</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Vintero Ltd</t>
+          <t>Vintage Visions Shift &amp; Style</t>
         </is>
       </c>
       <c r="C67" s="0"/>
       <c r="D67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S67" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U67" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V67" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W67" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X67" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y67" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>4234B</t>
+          <t>1502W</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>VIOVAS RESOURCE S.R.L.</t>
+          <t>Vintero Ltd</t>
         </is>
       </c>
       <c r="C68" s="0"/>
       <c r="D68" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E68" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U68" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y68" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>1960WB</t>
+          <t>4234B</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>VIP E-Cig Ireland Ltd</t>
+          <t>VIOVAS RESOURCE S.R.L.</t>
         </is>
       </c>
       <c r="C69" s="0"/>
       <c r="D69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J69" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q69" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R69" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S69" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T69" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U69" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V69" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W69" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X69" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y69" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>1037WB</t>
+          <t>1960WB</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>Virgin Media Ireland Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>VIP E-Cig Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C70" s="0"/>
       <c r="D70" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q70" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X70" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y70" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>4740WB</t>
+          <t>1037WB</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>VISION AID USA LTD</t>
-[...2 lines deleted...]
-      <c r="C71" s="0"/>
+          <t>Virgin Media Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C71" s="0" t="inlineStr">
+        <is>
+          <t>Chorus NTL</t>
+        </is>
+      </c>
       <c r="D71" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y71" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>2868WB</t>
+          <t>4740WB</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>Vision RT Ltd</t>
+          <t>VISION AID USA LTD</t>
         </is>
       </c>
       <c r="C72" s="0"/>
       <c r="D72" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K72" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P72" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q72" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R72" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S72" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T72" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U72" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -8976,194 +8980,194 @@
       </c>
       <c r="V72" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W72" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X72" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y72" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>1426WB</t>
+          <t>2868WB</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>VisionID Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vision RT Ltd</t>
+        </is>
+      </c>
+      <c r="C73" s="0"/>
       <c r="D73" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K73" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y73" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>1848WB</t>
+          <t>1426WB</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>Vistaprint BV</t>
-[...2 lines deleted...]
-      <c r="C74" s="0"/>
+          <t>VisionID Ltd</t>
+        </is>
+      </c>
+      <c r="C74" s="0" t="inlineStr">
+        <is>
+          <t>Peak Technologies</t>
+        </is>
+      </c>
       <c r="D74" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E74" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9179,252 +9183,252 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P74" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y74" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>959W</t>
+          <t>1848W</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>Vita-Mix Europe Ltd</t>
+          <t>Vistaprint BV</t>
         </is>
       </c>
       <c r="C75" s="0"/>
       <c r="D75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H75" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P75" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y75" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>1155W</t>
+          <t>959W</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>Vitalograph (Ireland) Ltd</t>
+          <t>Vita-Mix Europe Ltd</t>
         </is>
       </c>
       <c r="C76" s="0"/>
       <c r="D76" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H76" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9472,66 +9476,62 @@
       </c>
       <c r="V76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y76" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>2555BT</t>
+          <t>1155W</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>Vitold Investments Unlimited Company</t>
-[...6 lines deleted...]
-      </c>
+          <t>Vitalograph (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C77" s="0"/>
       <c r="D77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -9582,241 +9582,241 @@
           <t>YES</t>
         </is>
       </c>
       <c r="S77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V77" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y77" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>3687WB</t>
+          <t>2555BT</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>Viva Payment Services S.A</t>
-[...2 lines deleted...]
-      <c r="C78" s="0"/>
+          <t>Vitold Investments Unlimited Company</t>
+        </is>
+      </c>
+      <c r="C78" s="0" t="inlineStr">
+        <is>
+          <t>Harris Hino</t>
+        </is>
+      </c>
       <c r="D78" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E78" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I78" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V78" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W78" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X78" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y78" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>3800WB</t>
+          <t>3687WB</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>VMWARE International Unlimited Company</t>
-[...6 lines deleted...]
-      </c>
+          <t>Viva Payment Services S.A</t>
+        </is>
+      </c>
+      <c r="C79" s="0"/>
       <c r="D79" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="E79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I79" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K79" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L79" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="M79" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="N79" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="O79" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="P79" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -9849,224 +9849,228 @@
       </c>
       <c r="V79" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W79" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X79" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y79" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>3217WB</t>
+          <t>3800WB</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>Vocera Communications Inc.</t>
+          <t>VMWARE International Unlimited Company</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
-          <t>Vocera</t>
+          <t>VMWARE</t>
         </is>
       </c>
       <c r="D80" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E80" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J80" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y80" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>3868W</t>
+          <t>3217WB</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>Voduz Ltd</t>
-[...2 lines deleted...]
-      <c r="C81" s="0"/>
+          <t>Vocera Communications Inc.</t>
+        </is>
+      </c>
+      <c r="C81" s="0" t="inlineStr">
+        <is>
+          <t>Vocera</t>
+        </is>
+      </c>
       <c r="D81" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E81" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J81" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K81" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -10099,436 +10103,436 @@
       </c>
       <c r="V81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y81" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>1710W</t>
+          <t>3868W</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>Voice Engineer Ireland Ltd</t>
+          <t>Voduz Ltd</t>
         </is>
       </c>
       <c r="C82" s="0"/>
       <c r="D82" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K82" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S82" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y82" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>1518WB</t>
+          <t>1710W</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>VoipSupply and MobileSupply</t>
+          <t>Voice Engineer Ireland Ltd</t>
         </is>
       </c>
       <c r="C83" s="0"/>
       <c r="D83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y83" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>3390WB</t>
+          <t>1518WB</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>Vokera (Ireland) Ltd</t>
+          <t>VoipSupply and MobileSupply</t>
         </is>
       </c>
       <c r="C84" s="0"/>
       <c r="D84" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E84" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K84" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="R84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="T84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="U84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="X84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Y84" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>2993W</t>
+          <t>3390WB</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>Volkswagen Group Charging GmbH</t>
+          <t>Vokera (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C85" s="0"/>
       <c r="D85" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E85" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J85" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -10544,479 +10548,475 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="M85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P85" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q85" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R85" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S85" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T85" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U85" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V85" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W85" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X85" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y85" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>1196WBT</t>
+          <t>2993W</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>Volkswagen Group Ireland Ltd</t>
+          <t>Volkswagen Group Charging GmbH</t>
         </is>
       </c>
       <c r="C86" s="0"/>
       <c r="D86" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K86" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V86" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y86" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>4688W</t>
+          <t>1196WBT</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>Voltalia Ireland Ltd</t>
+          <t>Volkswagen Group Ireland Ltd</t>
         </is>
       </c>
       <c r="C87" s="0"/>
       <c r="D87" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E87" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F87" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y87" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>1253BT</t>
+          <t>4688W</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>Volvo Car Ireland Ltd</t>
+          <t>Voltalia Ireland Ltd</t>
         </is>
       </c>
       <c r="C88" s="0"/>
       <c r="D88" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V88" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W88" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X88" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y88" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>1691WB</t>
+          <t>1253BT</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>Vorwerk UK Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Volvo Car Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C89" s="0"/>
       <c r="D89" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
@@ -11040,169 +11040,173 @@
           <t>YES</t>
         </is>
       </c>
       <c r="M89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P89" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y89" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>3827WB</t>
+          <t>1691WB</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>VOSS GmbH &amp; Co. KG</t>
-[...2 lines deleted...]
-      <c r="C90" s="0"/>
+          <t>Vorwerk UK Ltd</t>
+        </is>
+      </c>
+      <c r="C90" s="0" t="inlineStr">
+        <is>
+          <t>Thermomix</t>
+        </is>
+      </c>
       <c r="D90" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E90" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F90" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P90" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -11210,917 +11214,917 @@
       </c>
       <c r="V90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y90" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>1321WB</t>
+          <t>3827WB</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>Vow Europe Ltd</t>
+          <t>VOSS GmbH &amp; Co. KG</t>
         </is>
       </c>
       <c r="C91" s="0"/>
       <c r="D91" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E91" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F91" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U91" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V91" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W91" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X91" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y91" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>769WB</t>
+          <t>1321WB</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>Voytel Ltd</t>
+          <t>Vow Europe Ltd</t>
         </is>
       </c>
       <c r="C92" s="0"/>
       <c r="D92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O92" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U92" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y92" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>1418WB</t>
+          <t>769WB</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>VP Equipment Rental (Ireland) Ltd</t>
+          <t>Voytel Ltd</t>
         </is>
       </c>
       <c r="C93" s="0"/>
       <c r="D93" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E93" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F93" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H93" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I93" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="J93" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="K93" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="M93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="N93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="O93" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="P93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V93" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y93" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="0" t="inlineStr">
         <is>
-          <t>3918W</t>
+          <t>1418WB</t>
         </is>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>VT Dry &amp; Cure Technologies Inc.</t>
+          <t>VP Equipment Rental (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C94" s="0"/>
       <c r="D94" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E94" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="K94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="L94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V94" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W94" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X94" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y94" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="inlineStr">
         <is>
-          <t>3901WB</t>
+          <t>3918W</t>
         </is>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>VusionGroup S.A.</t>
+          <t>VT Dry &amp; Cure Technologies Inc.</t>
         </is>
       </c>
       <c r="C95" s="0"/>
       <c r="D95" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E95" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y95" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="inlineStr">
         <is>
-          <t>3175B</t>
+          <t>3901WB</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>VV-Tech LPG Ltd</t>
+          <t>VusionGroup S.A.</t>
         </is>
       </c>
       <c r="C96" s="0"/>
       <c r="D96" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E96" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F96" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J96" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K96" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L96" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M96" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N96" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O96" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P96" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q96" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R96" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S96" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T96" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U96" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V96" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W96" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X96" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y96" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="0" t="inlineStr">
         <is>
-          <t>791WB</t>
+          <t>3175B</t>
         </is>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>VWR International Ltd</t>
+          <t>VV-Tech LPG Ltd</t>
         </is>
       </c>
       <c r="C97" s="0"/>
       <c r="D97" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J97" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y97" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="0" t="inlineStr">
         <is>
-          <t>1827WB</t>
+          <t>791WB</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>Vygon (Ireland) Ltd</t>
+          <t>VWR International Ltd</t>
         </is>
       </c>
       <c r="C98" s="0"/>
       <c r="D98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H98" s="0" t="inlineStr">
         <is>
@@ -12157,79 +12161,202 @@
           <t>YES</t>
         </is>
       </c>
       <c r="O98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R98" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X98" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Y98" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="0" t="inlineStr">
+        <is>
+          <t>1827WB</t>
+        </is>
+      </c>
+      <c r="B99" s="0" t="inlineStr">
+        <is>
+          <t>Vygon (Ireland) Ltd</t>
+        </is>
+      </c>
+      <c r="C99" s="0"/>
+      <c r="D99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="E99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="L99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="M99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="N99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="O99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="P99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Q99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="R99" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="S99" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T99" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U99" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V99" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W99" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X99" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y99" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">