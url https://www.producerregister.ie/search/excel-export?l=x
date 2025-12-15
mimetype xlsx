--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -107,195 +107,198 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:X26"/>
+  <dimension ref="A1:Y26"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Reg No.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Company Name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Trading As</t>
         </is>
       </c>
       <c r="D1" s="0" t="n">
+        <v>2026</v>
+      </c>
+      <c r="E1" s="0" t="n">
         <v>2025</v>
       </c>
-      <c r="E1" s="0" t="n">
+      <c r="F1" s="0" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="0" t="n">
+      <c r="G1" s="0" t="n">
         <v>2023</v>
       </c>
-      <c r="G1" s="0" t="n">
+      <c r="H1" s="0" t="n">
         <v>2022</v>
       </c>
-      <c r="H1" s="0" t="n">
+      <c r="I1" s="0" t="n">
         <v>2021</v>
       </c>
-      <c r="I1" s="0" t="n">
+      <c r="J1" s="0" t="n">
         <v>2020</v>
       </c>
-      <c r="J1" s="0" t="n">
+      <c r="K1" s="0" t="n">
         <v>2019</v>
       </c>
-      <c r="K1" s="0" t="n">
+      <c r="L1" s="0" t="n">
         <v>2018</v>
       </c>
-      <c r="L1" s="0" t="n">
+      <c r="M1" s="0" t="n">
         <v>2017</v>
       </c>
-      <c r="M1" s="0" t="n">
+      <c r="N1" s="0" t="n">
         <v>2016</v>
       </c>
-      <c r="N1" s="0" t="n">
+      <c r="O1" s="0" t="n">
         <v>2015</v>
       </c>
-      <c r="O1" s="0" t="n">
+      <c r="P1" s="0" t="n">
         <v>2014</v>
       </c>
-      <c r="P1" s="0" t="n">
+      <c r="Q1" s="0" t="n">
         <v>2013</v>
       </c>
-      <c r="Q1" s="0" t="n">
+      <c r="R1" s="0" t="n">
         <v>2012</v>
       </c>
-      <c r="R1" s="0" t="n">
+      <c r="S1" s="0" t="n">
         <v>2011</v>
       </c>
-      <c r="S1" s="0" t="n">
+      <c r="T1" s="0" t="n">
         <v>2010</v>
       </c>
-      <c r="T1" s="0" t="n">
+      <c r="U1" s="0" t="n">
         <v>2009</v>
       </c>
-      <c r="U1" s="0" t="n">
+      <c r="V1" s="0" t="n">
         <v>2008</v>
       </c>
-      <c r="V1" s="0" t="n">
+      <c r="W1" s="0" t="n">
         <v>2007</v>
       </c>
-      <c r="W1" s="0" t="n">
+      <c r="X1" s="0" t="n">
         <v>2006</v>
       </c>
-      <c r="X1" s="0" t="n">
+      <c r="Y1" s="0" t="n">
         <v>2005</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>2730WB</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>XD Connects B.V.</t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -310,90 +313,95 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>3524B</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Xerotech Ltd</t>
         </is>
       </c>
       <c r="C3" s="0"/>
       <c r="D3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -419,59 +427,64 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V3" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X3" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y3" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>337WB</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Xerox (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C4" s="0"/>
       <c r="D4" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -507,113 +520,118 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N4" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O4" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P4" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X4" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>277WB</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Xerox IBS Ltd</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>Xerox</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -668,85 +686,90 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X5" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>3689WB</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>xFusion Technologies France SAS</t>
         </is>
       </c>
       <c r="C6" s="0"/>
       <c r="D6" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -786,75 +809,80 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X6" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>4391B</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Xiamen Ilead Tek Co., Ltd.</t>
         </is>
       </c>
       <c r="C7" s="0"/>
       <c r="D7" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -904,77 +932,82 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X7" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
           <t>4224B</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>xiamenlvxingxiadianzishangwuyouxiangongsi</t>
         </is>
       </c>
       <c r="C8" s="0"/>
       <c r="D8" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E8" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E8" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
@@ -1022,79 +1055,84 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X8" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>4010B</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>XIAN HEGUANGYU SHANGWU XINXI ZIXUN YOUXIAN GONGSI</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>Quntis</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -1135,315 +1173,330 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V9" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W9" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X9" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y9" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>4486B</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Xiankexingwangluokeji Co., Ltd.</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V10" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X10" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>3498W</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Xiel Ltd</t>
         </is>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P11" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X11" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>556W</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Xilinx Ireland Unlimited Company</t>
         </is>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1498,75 +1551,80 @@
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X12" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>4282B</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>xing wai dian zi shang wu shenzhen you xian gongsi</t>
         </is>
       </c>
       <c r="C13" s="0"/>
       <c r="D13" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -1607,84 +1665,89 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V13" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X13" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>4366B</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Xingchenli (Shenzhen) Technology Co., Ltd.</t>
         </is>
       </c>
       <c r="C14" s="0"/>
       <c r="D14" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -1725,83 +1788,88 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V14" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X14" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="inlineStr">
         <is>
           <t>1421W</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>XMusic Ireland Ltd</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>X Music</t>
         </is>
       </c>
       <c r="D15" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1847,79 +1915,84 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U15" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V15" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X15" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y15" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="inlineStr">
         <is>
           <t>1432WB</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Xograph Healthcare (Ireland) Ltd</t>
         </is>
       </c>
       <c r="C16" s="0"/>
       <c r="D16" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1960,108 +2033,113 @@
           <t>YES</t>
         </is>
       </c>
       <c r="Q16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T16" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U16" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V16" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W16" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X16" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y16" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>3924WB</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Xperen Ltd</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>Symphony Energy</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2096,89 +2174,94 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X17" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>3701WB</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Xpert Cosmetics Ltd</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>Xpert Professional Hair &amp; Beauty</t>
         </is>
       </c>
       <c r="D18" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E18" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E18" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2218,193 +2301,203 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X18" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="inlineStr">
         <is>
           <t>1662WB</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Xpert Cosmetics Ltd</t>
         </is>
       </c>
       <c r="C19" s="0"/>
       <c r="D19" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Q19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R19" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X19" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>3976WB</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Xplora Technologies Ltd</t>
         </is>
       </c>
       <c r="C20" s="0"/>
       <c r="D20" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2454,75 +2547,80 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X20" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="inlineStr">
         <is>
           <t>4022B</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Xppen Technology Co.</t>
         </is>
       </c>
       <c r="C21" s="0"/>
       <c r="D21" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2563,202 +2661,212 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V21" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W21" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X21" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y21" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="inlineStr">
         <is>
           <t>2607WB</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
           <t>Xpress Electrical</t>
         </is>
       </c>
       <c r="C22" s="0"/>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O22" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X22" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="inlineStr">
         <is>
           <t>3945WB</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
           <t>Xpress Electrical Ltd</t>
         </is>
       </c>
       <c r="C23" s="0"/>
       <c r="D23" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -2808,79 +2916,84 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X23" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="inlineStr">
         <is>
           <t>4131B</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
           <t>Xuzhoubinguowangluokeji Co Ltd.</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
           <t>Zomei</t>
         </is>
       </c>
       <c r="D24" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2921,88 +3034,93 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V24" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W24" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X24" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y24" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="inlineStr">
         <is>
           <t>4130B</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
           <t>xuzhouyuntianjinchukouyouxiangongsi</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
           <t>Zomei</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -3043,79 +3161,84 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X25" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="inlineStr">
         <is>
           <t>2872WB</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Xylem Water Solutions Ireland Ltd</t>
         </is>
       </c>
       <c r="C26" s="0"/>
       <c r="D26" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -3161,59 +3284,64 @@
           <t>YES</t>
         </is>
       </c>
       <c r="R26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V26" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W26" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X26" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y26" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">