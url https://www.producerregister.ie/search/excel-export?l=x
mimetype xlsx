--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -337,56 +337,56 @@
       <c r="X2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>3524B</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Xerotech Ltd</t>
         </is>
       </c>
       <c r="C3" s="0"/>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -587,51 +587,51 @@
       </c>
       <c r="Y4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>277WB</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Xerox IBS Ltd</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>Xerox</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -961,173 +961,173 @@
       <c r="Y7" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
           <t>4224B</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>xiamenlvxingxiadianzishangwuyouxiangongsi</t>
         </is>
       </c>
       <c r="C8" s="0"/>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>4010B</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>XIAN HEGUANGYU SHANGWU XINXI ZIXUN YOUXIAN GONGSI</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>Quntis</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2075,51 +2075,51 @@
       </c>
       <c r="Y16" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>3924WB</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Xperen Ltd</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>Symphony Energy</t>
         </is>
       </c>
       <c r="D17" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2187,312 +2187,312 @@
       </c>
       <c r="V17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>3701WB</t>
+          <t>1662WB</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Xpert Cosmetics Ltd</t>
         </is>
       </c>
-      <c r="C18" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="C18" s="0"/>
       <c r="D18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>1662WB</t>
+          <t>3701WB</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Xpert Cosmetics Ltd</t>
         </is>
       </c>
-      <c r="C19" s="0"/>
+      <c r="C19" s="0" t="inlineStr">
+        <is>
+          <t>Xpert Professional Hair &amp; Beauty</t>
+        </is>
+      </c>
       <c r="D19" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y19" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>3976WB</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Xplora Technologies Ltd</t>
         </is>
       </c>
       <c r="C20" s="0"/>
       <c r="D20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2571,51 +2571,51 @@
       <c r="X20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="inlineStr">
         <is>
           <t>4022B</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Xppen Technology Co.</t>
         </is>
       </c>
       <c r="C21" s="0"/>
       <c r="D21" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>