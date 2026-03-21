--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -214,51 +214,51 @@
       </c>
       <c r="W1" s="0" t="n">
         <v>2007</v>
       </c>
       <c r="X1" s="0" t="n">
         <v>2006</v>
       </c>
       <c r="Y1" s="0" t="n">
         <v>2005</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>2730WB</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>XD Connects B.V.</t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -587,51 +587,51 @@
       </c>
       <c r="Y4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>277WB</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Xerox IBS Ltd</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
           <t>Xerox</t>
         </is>
       </c>
       <c r="D5" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1083,51 +1083,51 @@
       </c>
       <c r="Y8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>4010B</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>XIAN HEGUANGYU SHANGWU XINXI ZIXUN YOUXIAN GONGSI</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>Quntis</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -1329,51 +1329,51 @@
       <c r="X10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y10" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>3498W</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Xiel Ltd</t>
         </is>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1452,51 +1452,51 @@
       <c r="X11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>556W</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Xilinx Ireland Unlimited Company</t>
         </is>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1575,51 +1575,51 @@
       <c r="X12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y12" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>4282B</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>xing wai dian zi shang wu shenzhen you xian gongsi</t>
         </is>
       </c>
       <c r="C13" s="0"/>
       <c r="D13" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -1698,51 +1698,51 @@
       <c r="X13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y13" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>4366B</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Xingchenli (Shenzhen) Technology Co., Ltd.</t>
         </is>
       </c>
       <c r="C14" s="0"/>
       <c r="D14" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2571,51 +2571,51 @@
       <c r="X20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="inlineStr">
         <is>
           <t>4022B</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
           <t>Xppen Technology Co.</t>
         </is>
       </c>
       <c r="C21" s="0"/>
       <c r="D21" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -3194,51 +3194,51 @@
       <c r="X25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="inlineStr">
         <is>
           <t>2872WB</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
           <t>Xylem Water Solutions Ireland Ltd</t>
         </is>
       </c>
       <c r="C26" s="0"/>
       <c r="D26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t>YES</t>