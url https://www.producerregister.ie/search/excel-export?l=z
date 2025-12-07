--- v0 (2025-10-08)
+++ v1 (2025-12-07)
@@ -107,51 +107,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:X32"/>
+  <dimension ref="A1:X34"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Reg No.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Company Name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Trading As</t>
         </is>
       </c>
@@ -2107,51 +2107,51 @@
       <c r="W17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>3247WB</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Zhejiang Narada Power Source Co., Ltd</t>
         </is>
       </c>
       <c r="C18" s="0"/>
       <c r="D18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2225,254 +2225,254 @@
       <c r="W18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X18" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="inlineStr">
         <is>
           <t>4126B</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
           <t>Zhongshan Biyu Lighting Technology Co., Ltd</t>
         </is>
       </c>
       <c r="C19" s="0"/>
       <c r="D19" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U19" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V19" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W19" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X19" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="inlineStr">
         <is>
           <t>4249B</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
           <t>Zhongshanshihaoliezhaoming Co., Ltd.</t>
         </is>
       </c>
       <c r="C20" s="0"/>
       <c r="D20" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="inlineStr">
         <is>
           <t>4091B</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
@@ -3292,636 +3292,872 @@
       </c>
       <c r="U27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V27" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X27" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>3002W</t>
+          <t>4653W</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Znshine PV-Tech Co., Ltd</t>
+          <t>Zircon Corporation</t>
         </is>
       </c>
       <c r="C28" s="0"/>
       <c r="D28" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>3218WB</t>
+          <t>3002W</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Zooplus SE</t>
+          <t>Znshine PV-Tech Co., Ltd</t>
         </is>
       </c>
       <c r="C29" s="0"/>
       <c r="D29" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X29" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>3450W</t>
+          <t>4603WB</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>ZPE Europe Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>ZOCOCITY S.L.</t>
+        </is>
+      </c>
+      <c r="C30" s="0"/>
       <c r="D30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>3573WB</t>
+          <t>3218WB</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Zwift, Inc.</t>
+          <t>Zooplus SE</t>
         </is>
       </c>
       <c r="C31" s="0"/>
       <c r="D31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q31" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R31" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S31" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T31" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U31" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V31" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W31" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X31" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="inlineStr">
         <is>
+          <t>3450W</t>
+        </is>
+      </c>
+      <c r="B32" s="0" t="inlineStr">
+        <is>
+          <t>ZPE Europe Ltd</t>
+        </is>
+      </c>
+      <c r="C32" s="0" t="inlineStr">
+        <is>
+          <t>ZPE</t>
+        </is>
+      </c>
+      <c r="D32" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="E32" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F32" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G32" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H32" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="0" t="inlineStr">
+        <is>
+          <t>3573WB</t>
+        </is>
+      </c>
+      <c r="B33" s="0" t="inlineStr">
+        <is>
+          <t>Zwift, Inc.</t>
+        </is>
+      </c>
+      <c r="C33" s="0"/>
+      <c r="D33" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="E33" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F33" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G33" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="H33" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="I33" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="J33" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="K33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="0" t="inlineStr">
+        <is>
           <t>4336WB</t>
         </is>
       </c>
-      <c r="B32" s="0" t="inlineStr">
+      <c r="B34" s="0" t="inlineStr">
         <is>
           <t>Zyro Ltd</t>
         </is>
       </c>
-      <c r="C32" s="0"/>
-      <c r="D32" s="0" t="inlineStr">
+      <c r="C34" s="0"/>
+      <c r="D34" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E32" s="0" t="inlineStr">
+      <c r="E34" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="F32" s="0" t="inlineStr">
-[...89 lines deleted...]
-      <c r="X32" s="0" t="inlineStr">
+      <c r="F34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="G34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="H34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="I34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="J34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="K34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="L34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="M34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="N34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="O34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="P34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Q34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="R34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="S34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="T34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="U34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="V34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="W34" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="X34" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">