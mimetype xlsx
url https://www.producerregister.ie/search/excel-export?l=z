--- v1 (2025-12-07)
+++ v2 (2026-01-27)
@@ -107,137 +107,140 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:X34"/>
+  <dimension ref="A1:Y35"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Reg No.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Company Name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Trading As</t>
         </is>
       </c>
       <c r="D1" s="0" t="n">
+        <v>2026</v>
+      </c>
+      <c r="E1" s="0" t="n">
         <v>2025</v>
       </c>
-      <c r="E1" s="0" t="n">
+      <c r="F1" s="0" t="n">
         <v>2024</v>
       </c>
-      <c r="F1" s="0" t="n">
+      <c r="G1" s="0" t="n">
         <v>2023</v>
       </c>
-      <c r="G1" s="0" t="n">
+      <c r="H1" s="0" t="n">
         <v>2022</v>
       </c>
-      <c r="H1" s="0" t="n">
+      <c r="I1" s="0" t="n">
         <v>2021</v>
       </c>
-      <c r="I1" s="0" t="n">
+      <c r="J1" s="0" t="n">
         <v>2020</v>
       </c>
-      <c r="J1" s="0" t="n">
+      <c r="K1" s="0" t="n">
         <v>2019</v>
       </c>
-      <c r="K1" s="0" t="n">
+      <c r="L1" s="0" t="n">
         <v>2018</v>
       </c>
-      <c r="L1" s="0" t="n">
+      <c r="M1" s="0" t="n">
         <v>2017</v>
       </c>
-      <c r="M1" s="0" t="n">
+      <c r="N1" s="0" t="n">
         <v>2016</v>
       </c>
-      <c r="N1" s="0" t="n">
+      <c r="O1" s="0" t="n">
         <v>2015</v>
       </c>
-      <c r="O1" s="0" t="n">
+      <c r="P1" s="0" t="n">
         <v>2014</v>
       </c>
-      <c r="P1" s="0" t="n">
+      <c r="Q1" s="0" t="n">
         <v>2013</v>
       </c>
-      <c r="Q1" s="0" t="n">
+      <c r="R1" s="0" t="n">
         <v>2012</v>
       </c>
-      <c r="R1" s="0" t="n">
+      <c r="S1" s="0" t="n">
         <v>2011</v>
       </c>
-      <c r="S1" s="0" t="n">
+      <c r="T1" s="0" t="n">
         <v>2010</v>
       </c>
-      <c r="T1" s="0" t="n">
+      <c r="U1" s="0" t="n">
         <v>2009</v>
       </c>
-      <c r="U1" s="0" t="n">
+      <c r="V1" s="0" t="n">
         <v>2008</v>
       </c>
-      <c r="V1" s="0" t="n">
+      <c r="W1" s="0" t="n">
         <v>2007</v>
       </c>
-      <c r="W1" s="0" t="n">
+      <c r="X1" s="0" t="n">
         <v>2006</v>
       </c>
-      <c r="X1" s="0" t="n">
+      <c r="Y1" s="0" t="n">
         <v>2005</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="inlineStr">
         <is>
           <t>1785WB</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
           <t>Zagg International</t>
         </is>
       </c>
       <c r="C2" s="0"/>
       <c r="D2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
@@ -271,109 +274,114 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="L2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="M2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O2" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P2" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="Q2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="R2" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="S2" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X2" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y2" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="0" t="inlineStr">
         <is>
           <t>2043WB</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
           <t>Zagg International Distribution Ltd</t>
         </is>
       </c>
       <c r="C3" s="0"/>
       <c r="D3" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -389,149 +397,154 @@
           <t>YES</t>
         </is>
       </c>
       <c r="L3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="O3" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="P3" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X3" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>3349WB</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Zalando SE</t>
         </is>
       </c>
       <c r="C4" s="0"/>
       <c r="D4" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L4" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M4" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N4" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O4" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P4" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q4" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -546,290 +559,305 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T4" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U4" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V4" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W4" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X4" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y4" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="inlineStr">
         <is>
           <t>859W</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
           <t>Zapkey Ltd</t>
         </is>
       </c>
       <c r="C5" s="0"/>
       <c r="D5" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E5" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="F5" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="G5" s="0" t="inlineStr">
+        <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="G5" s="0" t="inlineStr">
+      <c r="H5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="H5" s="0" t="inlineStr">
+      <c r="I5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="I5" s="0" t="inlineStr">
+      <c r="J5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="J5" s="0" t="inlineStr">
+      <c r="K5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="K5" s="0" t="inlineStr">
+      <c r="L5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="L5" s="0" t="inlineStr">
+      <c r="M5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="M5" s="0" t="inlineStr">
+      <c r="N5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="N5" s="0" t="inlineStr">
+      <c r="O5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="O5" s="0" t="inlineStr">
+      <c r="P5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="P5" s="0" t="inlineStr">
+      <c r="Q5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="Q5" s="0" t="inlineStr">
+      <c r="R5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="R5" s="0" t="inlineStr">
+      <c r="S5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="S5" s="0" t="inlineStr">
+      <c r="T5" s="0" t="inlineStr">
         <is>
           <t>Dissolved</t>
         </is>
       </c>
-      <c r="T5" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U5" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W5" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X5" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>2102WB</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Zatori Results Ltd</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>TheCostumerShop.ie</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="N6" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Q6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="R6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X6" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y6" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="inlineStr">
         <is>
           <t>352WB</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
           <t>Zavvi Retail Ireland Ltd</t>
         </is>
       </c>
       <c r="C7" s="0"/>
       <c r="D7" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E7" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -890,241 +918,251 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q7" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R7" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S7" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T7" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="U7" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="V7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="W7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X7" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y7" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="inlineStr">
         <is>
           <t>2706WB</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
           <t>Zebra Technologies Europe Ltd</t>
         </is>
       </c>
       <c r="C8" s="0"/>
       <c r="D8" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E8" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="L8" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="M8" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O8" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P8" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="R8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="S8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X8" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y8" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="inlineStr">
         <is>
           <t>3345W</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
           <t>Zehnacker Ltd</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
           <t>Zehnacker Healthcare</t>
         </is>
       </c>
       <c r="D9" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J9" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="K9" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -1144,50 +1182,55 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X9" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y9" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="inlineStr">
         <is>
           <t>53W</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
           <t>Zenith Electrical Appliances Ltd</t>
         </is>
       </c>
       <c r="C10" s="0"/>
       <c r="D10" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E10" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -1253,84 +1296,89 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R10" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="S10" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="T10" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="U10" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="V10" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="W10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="X10" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="Y10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>4053B</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Zenith Electronic Company Ltd</t>
         </is>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -1371,59 +1419,64 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V11" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X11" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y11" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="inlineStr">
         <is>
           <t>1796WB</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
           <t>Zetaero Ltd</t>
         </is>
       </c>
       <c r="C12" s="0"/>
       <c r="D12" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E12" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -1469,79 +1522,84 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N12" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O12" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P12" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q12" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R12" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S12" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T12" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U12" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V12" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W12" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X12" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y12" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="inlineStr">
         <is>
           <t>1562B</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
           <t>Zetor Tractors Ireland Ltd</t>
         </is>
       </c>
       <c r="C13" s="0"/>
       <c r="D13" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E13" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
@@ -1587,104 +1645,109 @@
           <t>DE-REG</t>
         </is>
       </c>
       <c r="N13" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="O13" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="P13" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="Q13" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="R13" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="S13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="T13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="U13" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="V13" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X13" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y13" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="inlineStr">
         <is>
           <t>4006WB</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
           <t>Zeus Packaging Ltd</t>
         </is>
       </c>
       <c r="C14" s="0"/>
       <c r="D14" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E14" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -1734,77 +1797,82 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X14" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="inlineStr">
         <is>
           <t>4279WB</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Zhangshatanshudianzishangwu Co., Ltd</t>
         </is>
       </c>
       <c r="C15" s="0"/>
       <c r="D15" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E15" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E15" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
@@ -1852,77 +1920,82 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X15" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="inlineStr">
         <is>
           <t>3994B</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
           <t>Zhanjiangshixiashanquaileyuanyiyongpindian</t>
         </is>
       </c>
       <c r="C16" s="0"/>
       <c r="D16" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E16" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E16" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F16" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H16" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I16" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J16" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
@@ -1970,95 +2043,100 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T16" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U16" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V16" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W16" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X16" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y16" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="inlineStr">
         <is>
           <t>3420WB</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
           <t>Zhejiang Jiaboer Electronic Technology Co. Ltd</t>
         </is>
       </c>
       <c r="C17" s="0"/>
       <c r="D17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="E17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="F17" s="0" t="inlineStr">
         <is>
           <t>DE-REG</t>
         </is>
       </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H17" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I17" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2088,311 +2166,326 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X17" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y17" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="inlineStr">
         <is>
           <t>3247WB</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
           <t>Zhejiang Narada Power Source Co., Ltd</t>
         </is>
       </c>
       <c r="C18" s="0"/>
       <c r="D18" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E18" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E18" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H18" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I18" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="K18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O18" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X18" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y18" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>4126B</t>
+          <t>4743B</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>Zhongshan Biyu Lighting Technology Co., Ltd</t>
+          <t>Zhengzhou Zheke Electronic Technology Co., Ltd</t>
         </is>
       </c>
       <c r="C19" s="0"/>
       <c r="D19" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U19" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V19" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W19" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X19" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y19" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>4249B</t>
+          <t>4126B</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>Zhongshanshihaoliezhaoming Co., Ltd.</t>
+          <t>Zhongshan Biyu Lighting Technology Co., Ltd</t>
         </is>
       </c>
       <c r="C20" s="0"/>
       <c r="D20" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E20" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2433,88 +2526,89 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V20" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X20" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>4091B</t>
+          <t>4249B</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>Zhongshanshizongbaidianzishangwu Co., Ltd.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Zhongshanshihaoliezhaoming Co., Ltd.</t>
+        </is>
+      </c>
+      <c r="C21" s="0"/>
       <c r="D21" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2555,324 +2649,339 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U21" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V21" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W21" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X21" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y21" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>4284WB</t>
+          <t>4091B</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>Zhongshi(shenzhen)shiyejituanyouxiangongsi</t>
-[...2 lines deleted...]
-      <c r="C22" s="0"/>
+          <t>Zhongshanshizongbaidianzishangwu Co., Ltd.</t>
+        </is>
+      </c>
+      <c r="C22" s="0" t="inlineStr">
+        <is>
+          <t>Bamda</t>
+        </is>
+      </c>
       <c r="D22" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V22" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W22" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X22" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y22" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>4171B</t>
+          <t>4284WB</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>Zhu Hai Ying Que Ke Ji You Xian Gong SI</t>
+          <t>Zhongshi(shenzhen)shiyejituanyouxiangongsi</t>
         </is>
       </c>
       <c r="C23" s="0"/>
       <c r="D23" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U23" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X23" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>4176B</t>
+          <t>4171B</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Zhuhai Boli Dianzishangwu Youxiangongsi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Zhu Hai Ying Que Ke Ji You Xian Gong SI</t>
+        </is>
+      </c>
+      <c r="C24" s="0"/>
       <c r="D24" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2913,215 +3022,225 @@
           <t>N/A</t>
         </is>
       </c>
       <c r="R24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U24" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V24" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W24" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X24" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y24" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>4430B</t>
+          <t>4176B</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>Zhuhai Kuwee Technology Co. Ltd.</t>
+          <t>Zhuhai Boli Dianzishangwu Youxiangongsi</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>JAMJUM</t>
+          <t>Fairywill</t>
         </is>
       </c>
       <c r="D25" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X25" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>3775WB</t>
+          <t>4430B</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>ZIEHL-ABEGG Ireland Ltd</t>
+          <t>Zhuhai Kuwee Technology Co. Ltd.</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>Ziehl-Abegg</t>
+          <t>JAMJUM</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -3166,812 +3285,851 @@
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="T26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="U26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="V26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X26" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>1136WB</t>
+          <t>3775WB</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>Zintek Systems Ltd</t>
-[...2 lines deleted...]
-      <c r="C27" s="0"/>
+          <t>ZIEHL-ABEGG Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C27" s="0" t="inlineStr">
+        <is>
+          <t>Ziehl-Abegg</t>
+        </is>
+      </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V27" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W27" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X27" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y27" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>4653W</t>
+          <t>1136WB</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Zircon Corporation</t>
+          <t>Zintek Systems Ltd</t>
         </is>
       </c>
       <c r="C28" s="0"/>
       <c r="D28" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y28" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>3002W</t>
+          <t>4653W</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Znshine PV-Tech Co., Ltd</t>
+          <t>Zircon Corporation</t>
         </is>
       </c>
       <c r="C29" s="0"/>
       <c r="D29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X29" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y29" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>4603WB</t>
+          <t>3002W</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>ZOCOCITY S.L.</t>
+          <t>Znshine PV-Tech Co., Ltd</t>
         </is>
       </c>
       <c r="C30" s="0"/>
       <c r="D30" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X30" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y30" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>3218WB</t>
+          <t>4603WB</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>Zooplus SE</t>
+          <t>ZOCOCITY S.L.</t>
         </is>
       </c>
       <c r="C31" s="0"/>
       <c r="D31" s="0" t="inlineStr">
         <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E31" s="0" t="inlineStr">
+        <is>
           <t>Pending</t>
         </is>
       </c>
-      <c r="E31" s="0" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P31" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X31" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="Y31" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>3450W</t>
+          <t>3218WB</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>ZPE Europe Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Zooplus SE</t>
+        </is>
+      </c>
+      <c r="C32" s="0"/>
       <c r="D32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X32" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y32" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>3573WB</t>
+          <t>3450W</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>Zwift, Inc.</t>
-[...2 lines deleted...]
-      <c r="C33" s="0"/>
+          <t>ZPE Europe Ltd</t>
+        </is>
+      </c>
+      <c r="C33" s="0" t="inlineStr">
+        <is>
+          <t>ZPE</t>
+        </is>
+      </c>
       <c r="D33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -3996,168 +4154,301 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X33" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>4336WB</t>
+          <t>3573WB</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Zyro Ltd</t>
+          <t>Zwift, Inc.</t>
         </is>
       </c>
       <c r="C34" s="0"/>
       <c r="D34" s="0" t="inlineStr">
         <is>
           <t>Pending</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W34" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X34" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y34" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="0" t="inlineStr">
+        <is>
+          <t>4336WB</t>
+        </is>
+      </c>
+      <c r="B35" s="0" t="inlineStr">
+        <is>
+          <t>Zyro Ltd</t>
+        </is>
+      </c>
+      <c r="C35" s="0"/>
+      <c r="D35" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E35" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F35" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y35" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">