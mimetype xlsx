--- v2 (2026-01-27)
+++ v3 (2026-03-13)
@@ -107,51 +107,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y35"/>
+  <dimension ref="A1:Y36"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>Reg No.</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>Company Name</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>Trading As</t>
         </is>
       </c>
@@ -460,51 +460,51 @@
       <c r="X3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y3" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="inlineStr">
         <is>
           <t>3349WB</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
           <t>Zalando SE</t>
         </is>
       </c>
       <c r="C4" s="0"/>
       <c r="D4" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I4" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -710,51 +710,51 @@
       </c>
       <c r="Y5" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="inlineStr">
         <is>
           <t>2102WB</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
           <t>Zatori Results Ltd</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
           <t>TheCostumerShop.ie</t>
         </is>
       </c>
       <c r="D6" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I6" s="0" t="inlineStr">
         <is>
           <t>YES</t>
@@ -1329,51 +1329,51 @@
       <c r="X10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="Y10" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="inlineStr">
         <is>
           <t>4053B</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
           <t>Zenith Electronic Company Ltd</t>
         </is>
       </c>
       <c r="C11" s="0"/>
       <c r="D11" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E11" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I11" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -1821,56 +1821,56 @@
       <c r="X14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y14" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="inlineStr">
         <is>
           <t>4279WB</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
           <t>Zhangshatanshudianzishangwu Co., Ltd</t>
         </is>
       </c>
       <c r="C15" s="0"/>
       <c r="D15" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E15" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="H15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J15" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -2548,189 +2548,185 @@
       </c>
       <c r="V20" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y20" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>4249B</t>
+          <t>4753WB</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>Zhongshanshihaoliezhaoming Co., Ltd.</t>
+          <t>ZHONGSHAN T-SUN OPTOELECTRONIC CO.,LTD</t>
         </is>
       </c>
       <c r="C21" s="0"/>
       <c r="D21" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E21" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="F21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V21" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W21" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X21" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y21" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>4091B</t>
+          <t>4249B</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>Zhongshanshizongbaidianzishangwu Co., Ltd.</t>
-[...6 lines deleted...]
-      </c>
+          <t>Zhongshanshihaoliezhaoming Co., Ltd.</t>
+        </is>
+      </c>
+      <c r="C22" s="0"/>
       <c r="D22" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E22" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -2798,312 +2794,312 @@
       </c>
       <c r="V22" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W22" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X22" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y22" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>4284WB</t>
+          <t>4091B</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>Zhongshi(shenzhen)shiyejituanyouxiangongsi</t>
-[...2 lines deleted...]
-      <c r="C23" s="0"/>
+          <t>Zhongshanshizongbaidianzishangwu Co., Ltd.</t>
+        </is>
+      </c>
+      <c r="C23" s="0" t="inlineStr">
+        <is>
+          <t>Bamda</t>
+        </is>
+      </c>
       <c r="D23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E23" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V23" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y23" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>4171B</t>
+          <t>4284WB</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>Zhu Hai Ying Que Ke Ji You Xian Gong SI</t>
+          <t>Zhongshi(shenzhen)shiyejituanyouxiangongsi</t>
         </is>
       </c>
       <c r="C24" s="0"/>
       <c r="D24" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E24" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V24" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W24" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X24" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y24" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>4176B</t>
+          <t>4171B</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>Zhuhai Boli Dianzishangwu Youxiangongsi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Zhu Hai Ying Que Ke Ji You Xian Gong SI</t>
+        </is>
+      </c>
+      <c r="C25" s="0"/>
       <c r="D25" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E25" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="H25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="I25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -3171,208 +3167,208 @@
       </c>
       <c r="V25" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y25" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>4430B</t>
+          <t>4176B</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>Zhuhai Kuwee Technology Co. Ltd.</t>
+          <t>Zhuhai Boli Dianzishangwu Youxiangongsi</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>JAMJUM</t>
+          <t>Fairywill</t>
         </is>
       </c>
       <c r="D26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="E26" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="H26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="I26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="J26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V26" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y26" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>3775WB</t>
+          <t>4430B</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>ZIEHL-ABEGG Ireland Ltd</t>
+          <t>Zhuhai Kuwee Technology Co. Ltd.</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>Ziehl-Abegg</t>
+          <t>JAMJUM</t>
         </is>
       </c>
       <c r="D27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="E27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="I27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="J27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="K27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="L27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
@@ -3425,839 +3421,843 @@
       </c>
       <c r="V27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="W27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="X27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
       <c r="Y27" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>1136WB</t>
+          <t>3775WB</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>Zintek Systems Ltd</t>
-[...2 lines deleted...]
-      <c r="C28" s="0"/>
+          <t>ZIEHL-ABEGG Ireland Ltd</t>
+        </is>
+      </c>
+      <c r="C28" s="0" t="inlineStr">
+        <is>
+          <t>Ziehl-Abegg</t>
+        </is>
+      </c>
       <c r="D28" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W28" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y28" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>4653W</t>
+          <t>1136WB</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>Zircon Corporation</t>
+          <t>Zintek Systems Ltd</t>
         </is>
       </c>
       <c r="C29" s="0"/>
       <c r="D29" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E29" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F29" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="S29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="T29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="U29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="V29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="W29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="X29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y29" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>3002W</t>
+          <t>4653W</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>Znshine PV-Tech Co., Ltd</t>
+          <t>Zircon Corporation</t>
         </is>
       </c>
       <c r="C30" s="0"/>
       <c r="D30" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E30" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F30" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="H30" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I30" s="0" t="inlineStr">
         <is>
-          <t>DE-REG</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K30" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y30" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>4603WB</t>
+          <t>3002W</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>ZOCOCITY S.L.</t>
+          <t>Znshine PV-Tech Co., Ltd</t>
         </is>
       </c>
       <c r="C31" s="0"/>
       <c r="D31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="E31" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="F31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="H31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="I31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>DE-REG</t>
         </is>
       </c>
       <c r="J31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="M31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="N31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="O31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="P31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Q31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="R31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="S31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="T31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="U31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="V31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="W31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="X31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="Y31" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>3218WB</t>
+          <t>4603WB</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>Zooplus SE</t>
+          <t>ZOCOCITY S.L.</t>
         </is>
       </c>
       <c r="C32" s="0"/>
       <c r="D32" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E32" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="F32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="H32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="I32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="J32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="K32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="L32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="M32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="N32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="O32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="P32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Q32" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="R32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="S32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="T32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="U32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="V32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="W32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="X32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
       <c r="Y32" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>NO</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>3450W</t>
+          <t>3218WB</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>ZPE Europe Ltd</t>
-[...6 lines deleted...]
-      </c>
+          <t>Zooplus SE</t>
+        </is>
+      </c>
+      <c r="C33" s="0"/>
       <c r="D33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="E33" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>Pending</t>
         </is>
       </c>
       <c r="F33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I33" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="M33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="N33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="O33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="P33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="Q33" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="R33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="S33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="T33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y33" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>3573WB</t>
+          <t>3450W</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>Zwift, Inc.</t>
-[...2 lines deleted...]
-      <c r="C34" s="0"/>
+          <t>ZPE Europe Ltd</t>
+        </is>
+      </c>
+      <c r="C34" s="0" t="inlineStr">
+        <is>
+          <t>ZPE</t>
+        </is>
+      </c>
       <c r="D34" s="0" t="inlineStr">
         <is>
-          <t>Pending</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="H34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="I34" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="J34" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="K34" s="0" t="inlineStr">
         <is>
-          <t>YES</t>
+          <t>N/A</t>
         </is>
       </c>
       <c r="L34" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M34" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N34" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O34" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P34" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -4290,97 +4290,97 @@
       </c>
       <c r="V34" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W34" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X34" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y34" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>4336WB</t>
+          <t>3573WB</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>Zyro Ltd</t>
+          <t>Zwift, Inc.</t>
         </is>
       </c>
       <c r="C35" s="0"/>
       <c r="D35" s="0" t="inlineStr">
         <is>
-          <t>NO</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="E35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="F35" s="0" t="inlineStr">
         <is>
           <t>YES</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="H35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="I35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="J35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="K35" s="0" t="inlineStr">
         <is>
-          <t>N/A</t>
+          <t>YES</t>
         </is>
       </c>
       <c r="L35" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="M35" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="N35" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="O35" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="P35" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
@@ -4405,50 +4405,173 @@
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="U35" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="V35" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="W35" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="X35" s="0" t="inlineStr">
         <is>
           <t>N/A</t>
         </is>
       </c>
       <c r="Y35" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="0" t="inlineStr">
+        <is>
+          <t>4336WB</t>
+        </is>
+      </c>
+      <c r="B36" s="0" t="inlineStr">
+        <is>
+          <t>Zyro Ltd</t>
+        </is>
+      </c>
+      <c r="C36" s="0"/>
+      <c r="D36" s="0" t="inlineStr">
+        <is>
+          <t>NO</t>
+        </is>
+      </c>
+      <c r="E36" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="F36" s="0" t="inlineStr">
+        <is>
+          <t>YES</t>
+        </is>
+      </c>
+      <c r="G36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="H36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="I36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="J36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="K36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="L36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="M36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="N36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="O36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="P36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Q36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="R36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="S36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="T36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="U36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="V36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="W36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="X36" s="0" t="inlineStr">
+        <is>
+          <t>N/A</t>
+        </is>
+      </c>
+      <c r="Y36" s="0" t="inlineStr">
         <is>
           <t>NO</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">